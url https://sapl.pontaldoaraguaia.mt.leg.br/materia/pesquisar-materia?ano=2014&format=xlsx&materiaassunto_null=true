--- v0 (2025-12-11)
+++ v1 (2026-03-28)
@@ -54,190 +54,190 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>CONEX</t>
   </si>
   <si>
     <t>CONTAS DO EXECUTIVO</t>
   </si>
   <si>
     <t>Executivo</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/</t>
   </si>
   <si>
     <t>CONTAS DO EXECUTIVO MUNICIPAL, GESTÃO 2013</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>ELEIÇÃO DA MESA DIRETORA</t>
   </si>
   <si>
     <t>ELEIÇÃO DA MESA DIRETORA DA CAMARA MUNICIPAL PARA O BIÊNIO 2015/16</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>Marcos Alexandre da Silva (Marcão)</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/23/23_texto_integral.docx</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/23/23_texto_integral.docx</t>
   </si>
   <si>
     <t>AUTOR: VER. MARCOS ALEXANDRE DA SILVA -PP_x000D_
 EMENDA MODIFICATIVA AO ART. 4º § 7º DO PROJETO DE LEI Nº 667/14 - VINDO DO EXECUTIVO</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/24/24_texto_integral.docx</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/24/24_texto_integral.docx</t>
   </si>
   <si>
     <t>AUTOR: VER. MARCOS ALEXANDRE DA SILVA -PP_x000D_
 EMENDA MODIFICATIVA AO ART. 3º INCISO IV DO PROJETO DE LEI Nº 667/14 - VINDO DO EXECUTIVO</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/25/25_texto_integral.docx</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/25/25_texto_integral.docx</t>
   </si>
   <si>
     <t>AUTOR: VER. MARCOS ALEXANDRE DA SILVA -PP_x000D_
 EMENDA MODIFICATIVA AO ART. 3º INC. XI DO PROJETO DE LEI Nº 667/14 - VINDO DO EXECUTIVO</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/26/26_texto_integral.docx</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/26/26_texto_integral.docx</t>
   </si>
   <si>
     <t>AUTOR: VER. MARCOS ALEXANDRE DA SILVA -PP_x000D_
 EMENDA MODIFICATIVA AO ART. 4º §§ 1º E 2º DO PROJETO DE LEI Nº 667/14 - VINDO DO EXECUTIVO</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/27/27_texto_integral.docx</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/27/27_texto_integral.docx</t>
   </si>
   <si>
     <t>AUTOR: VER. MARCOS ALEXANDRE DA SILVA -PP_x000D_
 EMENDA MODIFICATIVA AO ART. 5º § 1º DO PROJETO DE LEI Nº 667/14 - VINDO DO EXECUTIVO</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/28/28_texto_integral.docx</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/28/28_texto_integral.docx</t>
   </si>
   <si>
     <t>AUTOR: VER. MARCOS ALEXANDRE DA SILVA -PP_x000D_
 EMENDA MODIFICATIVA AO ART. 6º INCISO I DO PROJETO DE LEI Nº 667/14 - VINDO DO EXECUTIVO</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/29/29_texto_integral.docx</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/29/29_texto_integral.docx</t>
   </si>
   <si>
     <t>AUTOR: VER. MARCOS ALEXANDRE DA SILVA -PP_x000D_
 EMENDA MODIFICATIVA AO ART. 17 DO PROJETO DE LEI Nº 667/14 - VINDO DO EXECUTIVO</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/155/155_texto_integral.docx</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/155/155_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;MODIFICA À REDAÇÃO DO PROJETO DE LEI Nº 664/14 -  VINDO DO EXECUTIVO, NOS PROGRAMAS ABAIXO MENCIONADOS E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;                                                                               </t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Leandro de Carlos Cardoso</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/303/303_texto_integral.docx</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/303/303_texto_integral.docx</t>
   </si>
   <si>
     <t>&amp;#8220;MODIFICA À REDAÇÃO DO PROJETO DE LEI Nº 693/14 -  VINDO DO EXECUTIVO, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Antônia Parreira</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORA: VERª ANTONIA PARREIRA ALMEIDA - PT_x000D_
 SOLICITA AO EXECUTIVO, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, UM MUTIRÃO DE LIMPEZA NAS AVENIDAS, RUAS,  CANTEIROS E PRAÇAS DE NOSSA CIDADE._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>540</t>
   </si>
@@ -451,3787 +451,3787 @@
   <si>
     <t>563</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO, QUE O PRÓXIMO "PREFEITURA NOS BAIRROS", SEJA REALIZADO NO SETOR JOÃO ROCHA, VISTO QUE O MESMO ESTÁ NECESSITANDO DE MELHORAMENTOS, TAIS COMO: LIMPEZA DAS RUAS, PODAS DE ÁRVORES, ETC</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, A LIBERAÇÃO DA MÁQUINA RETRO-ESCAVADEIRA PARA DAR MANUTENÇÃO NA REGIÃO CONHECIDA COMO SERRA DOS PRETOS.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
     <t>Elismar Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/50/50_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/50/50_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, SOLICITANDO ESTUDOS NO SENTIDO DE IMPLANTAR UM CURSO PRÉ-VESTIBULAR COMUNITÁRIO DESTINADO AOS ESTUDANTES DAS ESCOLAS PÚBLICAS.</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/51/51_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/51/51_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, SOLICITANDO A ELABORAÇÃO DE UM PROJETO DE LEI QUE INSTITUA UM AUXILIO FINANCEIRO, NA MODALIDADE DE BOLSA, AOS ATLETAS QUE REPRESENTEM O MUNICÍPIO EM COMPETIÇÕES.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/52/52_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/52/52_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, SOLICITANDO QUE VERIFIQUE  A POSSIBILIDADE DE IMPLANTAÇÃO DO PRONTO ATENDIMENTO 24 (VINTE E QUATRO) HORAS EM UMA UNIDADE DE SAÚDE DA FAMÍLIA DA CIDADE.</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
     <t>Edimilson de Aguiar Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/53/53_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/53/53_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO  QUE DISPONIBILIZE A MÁQUINA RETRO-ESCAVADEIRA, COM URGÊNCIA,  PARA ATENDER AS PROPRIEDADES DOS SENHORES &amp;#8220;KITO E CORDAR&amp;#8221; NA REGIÃO DO SOSSEGO.</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/54/54_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/54/54_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A LIMPEZA DE MATO E ENTULHO NA PRAÇA JONAS PINHEIRO, COM URGÊNCIA, ATÉ QUE SAIA A REFORMA DA MESMA.</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/55/55_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/55/55_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE AGRICULTURA, SOLICITANDO QUE PROÍBA OS CARROS DE ESTACIONAREM NA FEIRA COBERTA &amp;#8220;JUAREZ GALVÃO&amp;#8221;. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/56/56_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/56/56_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AO EXMº. SR. SÁGUAS MORAES, DD. DEPUTADO FEDERAL, SOLICITANDO A CONSECUÇÃO DE RECURSOS PARA AQUISIÇÃO DE UM CAMINHÃO COM CESTO AÉREO HIDRÁULICO PARA DAR AGILIDADE AOS TRABALHOS DE MANUTENÇÃO DA REDE DE ILUMINAÇÃO PÚBLICA. </t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/57/57_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/57/57_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, SOLICITANDO A UTILIZAÇÃO DO CENTRO DE ARTESANATO TAMBÉM COMO CENTRO DE COMERCIALIZAÇÃO DE ARTESANATO QUE TAMBÉM É A SUA FINALIDADE._x000D_
 </t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/58/58_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/58/58_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS,  SOLICITANDO PINTURA DA FAIXA DE PEDESTRE NA  AVENIDA  UNIVERSITÁRIA EM FRENTE A ANTIGA PREFEITURA. </t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
     <t>Leila Apª  Antônia B. e Silva</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/59/59_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/59/59_texto_integral.doc</t>
   </si>
   <si>
     <t>AO EXMº. SR. DILMAR DAL BOSCO-DEM, DD. DEPUTADO ESTADUAL, SOLICITANDO UM CAMINHÃO COLETOR E COMPACTADOR DE LIXO PARA O MUNICÍPIO</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/60/60_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/60/60_texto_integral.doc</t>
   </si>
   <si>
     <t>AO EXMº. SR. DILMAR DAL BOSCO-DEM, DD. DEPUTADO ESTADUAL, SOLICITANDO UMA MÁQUINA (PERFURATRIZ) PARA A PERFURAÇÃO DE POÇOS ARTESIANOS E CONSTRUÇÃO DE TANQUES PARA CRIAÇÃO DE PEIXES, NOS ASSENTAMENTOS SOL E BRILHANTE.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/61/61_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/61/61_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, SOLICITANDO PARA QUE O PRÓXIMO EVENTO &amp;#8220;PREFEITURA NOS BAIRROS&amp;#8221;, PROCURE FAZER PARCERIAS COM O SENAI, SENAR, POLITEC E OUTROS ÓRGÃOS PARA ATENDIMENTO À COMUNIDADE</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/63/63_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/63/63_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO PROVIDÊNCIAS EM RELAÇÃO AOS LOTES NA RUA IRACI NOGUEIRA DOS SANTOS.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/64/64_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/64/64_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL,  SOLICITANDO QUE ENTRE EM COM O DNIT &amp;#8211; DEPARTAMENTO NACIONAL DE INFRAESTRUTURA DE TRANSPORTES, EM RELAÇÃO AO OFÍCIO PROTOCOLADO SOBRE A LIBERAÇÃO OU NÃO DA COLOCAÇÃO DE UM SEMÁFORO NA ENTRADA DE PONTAL DO ARAGUAIA-MT, BR070 NO POSTO FISCAL, SITUADO ENTRE OS RIOS GARÇAS E ARAGUAIA.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/65/65_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/65/65_texto_integral.doc</t>
   </si>
   <si>
     <t>AO EXMº. SR. ADEMAR ARTHUR CHIORO DOS REIS, DD. MINISTRO DA SAÚDE, SOLICITANDO A VIABILIZAÇÃO DE RECURSOS PARA A IMPLANTAÇÃO DE UMA SALA DE ESTABILIZAÇÃO EM NOSSO MUNICÍPIO,  PARA ATENDIMENTO DE URGÊNCIAS E EMERGÊNCIAS.</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/66/66_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/66/66_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS,  SOLICITANDO A LIMPEZA DAS LATERAIS DAS VIAS PÚBLICAS, RETIRANDO A AREIA.</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/67/67_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/67/67_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA AO SETOR COMPETENTE, SOLICITANDO ESTUDOS NO SENTIDO DE INSTALAR REDUTORES DE VELOCIDADES NA VIAS PÚBLICAS: DIVINO ALVES ROCHA E ARISTIDES GARCIA PENTEADO.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/68/68_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/68/68_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, SOLICITANDO QUE ATRAVÉS DA SECRETARIA DE AÇÃO SOCIAL, A IMPLANTAÇÃO DO PROJETO BOMBEIRO MIRIM NO MUNICÍPIO. </t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/69/69_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/69/69_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A REFORMA E LIMPEZA DO MINI-ESTÁDIO EDUARDÃO (ANTIGO MURILÃO).</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/70/70_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/70/70_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A TROCA DE LUMINÁRIAS EM FRENTE A PRAÇA DO JATOBÁ.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/71/71_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/71/71_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO UMA OPERAÇÃO TAPA-BURACOS NO CRUZAMENTO DA RUA PADRE TEIXEIRA COM A BRUNO PEREIRA VALOIS, E NA ESQUINA DO SENHOR CONHECIDO COMO &amp;#8220;ZÉ GASOLINA&amp;#8221;.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/72/72_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/72/72_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO QUE SE FAÇA ESTACIONAMENTO DO LADO DIREITO DA AVENIDA UNIVERSITÁRIA, ENTRE A ROTATÓRIA  E A DROGARIA SEIS IRMÃOS, ESTILO &amp;#8220;BOLSÕES&amp;#8221;.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/73/73_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/73/73_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE AÇÃO SOCIAL, SOLICITANDO O FORNECIMENTO DE LANCHE PARA AS CRIANÇAS DO PROJETO INFÂNCIA MISSIONÁRIA, REALIZADO TODOS OS SÁBADOS (DAS 8 ÀS 10:30 HORAS) PELA IGREJA NOSSA SENHORA APARECIDA DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/74/74_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/74/74_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO  QUE SE FAÇA UM ESTUDO NAS VIAS PÚBLICAS CUSTÓDIO SOUZA PINTO E JARBAS GAMA ARAÚJO, PARA A COLOCAÇÃO DE REDUTORES DE VELOCIDADE E PINTURAS DE SINALIZAÇÃO DE SOLO.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/75/75_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/75/75_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL,  SOLICITANDO QUE ATRAVÉS DA SECRETARIA MUNICIPAL DE OBRAS, PROVIDENCIE A LIMPEZA DO CALÇADÃO, NA AVENIDA UNIVERSITÁRIA, SENTIDO UNIVERSIDADE FEDERAL DE MATO GROSSO, NAS LATERAIS DA CALÇADA RETIRANDO O CASCALHO, QUE ESTÁ OBSTRUINDO A PASSAGEM DE QUEM FAZ CAMINHADAS.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/76/76_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/76/76_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL,  SOLICITANDO QUE ATRAVÉS DA SECRETARIA MUNICIPAL DE OBRAS, PROVIDENCIE A TROCA DE LUMINÁRIAS QUEIMADAS NA AV. UNIVERSITÁRIA SENTIDO UNIVERSIDADE FEDERAL DE MATO GROSSO.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/77/77_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/77/77_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, PARA QUE PROVIDENCIE UM REDUTOR DE VELOCIDADE NA RUA SÉRGIO BRUN, PERTO DA OFICINA DO SR. DOUGLAS.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/78/78_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/78/78_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO QUE SE REPAROS E REFORMAS COM URGÊNCIA, NAS SEGUINTES PONTES:_x000D_
 &amp;#8226;	SOBRE O CÓRREGO CAIXÃO;_x000D_
 &amp;#8226;	SOBRE O CÓRREGO DAMATA;_x000D_
 &amp;#8226;	E A PONTE QUE DÁ ACESSO A AGROVILA ARARA._x000D_
 </t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/79/79_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/79/79_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, SOLICITANDO QUE SE DESTINE ÁREA PARA A IMPLANTAÇÃO DE UM NOVO CEMITÉRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/80/80_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/80/80_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE SAÚDE, SOLICITANDO A ADESÃO DO MUNICÍPIO AO PROGRAMA  &amp;#8220;SAÚDE NA ESCOLA&amp;#8221;, DO GOVERNO FEDERAL, CUJO PRAZO TERMINA EM 06 (SEIS) DE JUNHO DO CORRENTE ANO.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/81/81_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/81/81_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE MEIO AMBIENTE, SOLICITANDO  QUE SEJA FEITO UM TRABALHO ORIENTANDO A POPULAÇÃO SOBRE OS DANOS CAUSADOS PELAS QUEIMADAS.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/82/82_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/82/82_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA MARIA DA SILVA ODA, DDª. PREFEITA MUNICIPAL, SOLICITANDO QUE ATRAVÉS DO SETOR COMPETENTE, SEJA PROVIDENCIADA A ELABORAÇÃO DO PROJETO DE LEI DA CRIAÇÃO DO PLANO DIRETOR.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/83/83_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/83/83_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS,  SOLICITANDO A COLOCAÇÃO DE LUMINÁRIAS, RUA FINLÂNDIA, ONDE ESTÁ LOCALIZADA A  CRECHE ISAIAS PEREIRA DOS SANTOS.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/84/84_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/84/84_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, SOLICITANDO COM URGÊNCIA UMA CASA DE VELÓRIO PARA O MUNICÍPIO.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/85/85_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/85/85_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO ILUMINAÇÃO PÚBLICA NA RUA MAL. RONDON, PRÓXIMO A MARCENARIA DO SR. JOAQUIM. A PRESENTE INDICAÇÃO TEM POR OBJETIVO, ATENDER REIVINDICAÇÃO DOS MORADORES, VISTO QUE A REFERIDA VIA PÚBLICA, NO TRECHO ACIMA MENCIONADO, ENCONTRA-SE ÀS ESCURAS.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/89/89_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/89/89_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE SAÚDE, SOLICITANDO KITS CONTENDO: BONÉ, CAMISA, PROTETOR SOLAR, PRANCHETA, BALANÇA ANTROPOMÉTRICA E FITA MÉTRICA PARA OS AGENTES DE SAÚDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/90/90_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/90/90_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A EMPRESA DE TELECOMUNICAÇÕES OI, SOLICITANDO A INSTALAÇÃO DE UM TPC &amp;#8211; TELEFONE PÚBLICO COMUNITÁRIO (ORELHÃO) NA LOCALIDADE AGROVILA ARARA. </t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/91/91_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/91/91_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO QUE SE FAÇA A LIMPEZA NAS DUAS CALÇADAS EM FRENTE AO CLUBE DA AFFEMAT</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/92/92_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/92/92_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE SAÚDE, SOLICITANDO QUE DETERMINE UMA PESSOA PARA ESTAR VISITANDO O PRONTO SOCORRO DE BARRA DO GARÇAS-MT, AFIM DE VERIFICAR SE TEM PACIENTE DO MUNICÍPIO INTERNADO E SE ESTÁ PRECISANDO DE AJUDA.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/93/93_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/93/93_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A  SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A DUPLICAÇÃO DA AV. AYRTON SENNA NO QUARTEIRÃO DA ANTIGA PREFEITURA MUNICIPAL. </t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/94/94_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/94/94_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A  SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A NECESSIDADE DA CRIAÇÃO DE MÃO ÚNICA NA RUA DALVINA DE SOUSA SANTOS</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/95/95_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/95/95_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA AO SAE,   SOLICITANDO  A AMPLIAÇÃO DO SISTEMA DE ÁGUA.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/96/96_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/96/96_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, SOLICITANDO O CUMPRIMENTO DAS LEIS MUNICIPAIS Nº 688/2013 (LIMPEZA DE TERRENOS BALDIOS) E Nº 141/1996 (CÓDIGO SANITÁRIO MUNICIPAL).</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/97/97_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/97/97_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A REVITALIZAÇÃO DE TODAS AS PRAÇAS EXISTENTES EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/98/98_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/98/98_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE TURISMO, SOLICITANDO PARA QUE SE MONTE UMA ESTRUTURA NO PÁTIO DO ANTIGO POSTO FISCAL PARA ATENDIMENTO E ORIENTAÇÃO AOS TURISTAS._x000D_
  _x000D_
 </t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/99/99_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/99/99_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A TROCA DE LUMINÁRIAS NA AV. SEBASTIANA OLIVEIRA SOUZA (AVENIDA B), A PARTIR DA ESQUINA DO SINDICATO DOS TRABALHADORES RURAIS NO SENTIDO DA ROTATÓRIA E APÓS A MESMA.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/100/100_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/100/100_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO REDUTORES DE VELOCIDADE (QUEBRA-MOLAS) EM FRENTE AO ASSENTAMENTO ARARA.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/101/101_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/101/101_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO QUE SEJA FEITA A SINALIZAÇÃO E, TODO O TRAJETO ATÉ A PRAIA DA ARARA, PRINCIPALMENTE EM FRENTE A AGROVILA ARARA.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/102/102_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/102/102_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, SOLICITANDO A DOAÇÃO DE ÁREA AO LADO DA IGREJA ASSEMBLÉIA DE DEUS MADUREIRA (MURILÃO), PARA A CONSTRUÇÃO E IMPLANTAÇÃO DO PROJETO AMAZÔNIA LEGAL.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/103/103_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/103/103_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, SOLICITANDO A DOAÇÃO DE ÁREA DE TERRAS PARA O SR. WILLIAN APARECIDO DE OLIVEIRA SILVA, PARA CONSTRUÇÃO DE UMA PRESTADORA DE SERVIÇOS NA ÁREA DE ASSISTÊNCIA TÉCNICA EM INFORMÁTICA.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/104/104_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/104/104_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, SOLICITANDO A DOAÇÃO DE ÁREA DE TERRAS PARA O SR. JEFERSON TAVARES FONSECA, PARA A CONSTRUÇÃO DO MANDARIM RESTAURANTE E PIZZARIA LTDA.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/105/105_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/105/105_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, SOLICITANDO A DOAÇÃO DE ÁREA DE TERRAS PARA O SR. CASSIO ALISTON SILVA SOUZA, PARA A CONSTRUÇÃO DE UM FRIGORÍFICO DE PEIXES.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/106/106_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/106/106_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A REDE CEMAT S/A, SOLICITANDO ILUMINAÇÃO PÚBLICA NA RUA JOAQUIM CORREA. A PRESENTE INDICAÇÃO TEM POR OBJETIVO, ATENDER PEDIDOS DOS MORADORES.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/109/109_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/109/109_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve"> A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL,  SOLICITANDO QUE SE FAÇA UM ESTUDO TÉCNICO VISANDO CONCEDER AUMENTO SALARIAL AOS SERVIDORES DA PREFEITURA MUNICIPAL.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/110/110_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/110/110_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE EDUCAÇÃO,   SOLICITANDO QUE SEJA COLOCADO EM TODAS AS SALAS DE AULA QUE TENHA CRIANÇA AUTISTA OU QUALQUER OUTRA DEFICIÊNCIA, UMA MONITORA PARA DAR ATENÇÃO NECESSÁRIA QUE ESSAS CRIANÇAS NECESSITAM.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/111/111_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/111/111_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO QUE TOME PROVIDÊNCIAS PARA A  RETIRADA DE ENTULHOS QUE FORAM DEPOSITADOS NAS CALÇADAS DAS RUAS E AVENIDAS DE NOSSA CIDADE. </t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/112/112_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/112/112_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE EDUCAÇÃO, SOLICITANDO QUE SE FAÇA ESTUDOS PARA O FUNCIONAMENTO EM PERÍODO INTEGRAL DA ESCOLA MUNICIPAL SÃO JORGE, COM CONTRA TURNO.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/113/113_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/113/113_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE SAÚDE, SUGERINDO A CONFECÇÃO , DISTRIBUIÇÃO E DISPONIBILIZAÇÃO DE UMA CARTILHA DO SISTEMA ÚNICO DE SAÚDE (SUS). </t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/114/114_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/114/114_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMº. SR. CEL. PAULO COSTA, DD. COMANDANTE DO COMANDO REGIONAL V &amp;#8211; LESTE,  SOLICITANDO QUE SE COLOQUE POLICIAIS AGENTES DE TRÂNSITO, NO ANTIGO POSTO FISCAL NO INTUITO DE CONTROLAR O FLUXO DE VEÍCULOS NA TEMPORADA DE PRAIA.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/115/115_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/115/115_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA AO SETOR COMPETENTE, SOLICITANDO ESTUDOS NO INTUITO DE SE COLOCAR A NUMERAÇÃO DE CASAS E PLACAS INDICATIVAS COM O NOME DAS RUAS E AVENIDAS DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/116/116_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/116/116_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL,  SOLICITANDO QUE AJUDE O PROJETO BRASIL FUTURO INDICAÇÃO ESPORTIVA, REALIZADO NO ANTIGO CLUBE DO GREMAT, QUE É UMA ESCOLINHA DE FUTEBOL SOCIETY COM CRIANÇAS DE 07 (SETE) A 14 (QUATORZE) ANOS, SOB A COORDENAÇÃO DO PROF. CRISTIANO MILHOMEM.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/117/117_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/117/117_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMº. SR. LUCIANO NAPOLIS COSTA, DD. PRESIDENTE DA CÂMARA MUNICIPAL,  SOLICITANDO A CONVOCAÇÃO DE AUDIÊNCIAS PÚBLICAS PARA DISCUSSÃO DO NOVO CÓDIGO TRIBUTÁRIO</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/118/118_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/118/118_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª.  PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS,  SOLICITANDO QUE SE FAÇA &amp;#8220;BOCA-DE-LOBO&amp;#8221; NA AVENIDA AYRTON SENNA.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/119/119_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/119/119_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª.  PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS,  SOLICITANDO QUE SE PROVIDENCIE UM CAMINHÃO PIPA PARA MOLHAR OS CANTEIROS E AS PRAÇAS DE NOSSA CIDADE</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/120/120_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/120/120_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">EXMª. SRª. DIVINA ODA, DDª.  PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS,  SOLICITANDO  A CONSTRUÇÃO DE UM NOVO MURO PARA O CEMITÉRIO MUNICIPAL NOSSA SENHORA DE FÁTIMA. </t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/121/121_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/121/121_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE TURISMO, SOLICITANDO QUE INSIRA NO CRONOGRAMA DE ATIVIDADES DA PRAIA DA ARARA, O LUAU DO DESPERTA JOVENS, EVENTO ESTE ORGANIZADO PELOS JOVENS DA IGREJA CATÓLICA.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/122/122_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/122/122_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL,  SOLICITANDO QUE SE ESTUDE A POSSIBILIDADE DE SE INSTALAR LIXEIRAS TIPO GAIOLA NA AV. UNIVERSITÁRIA</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/123/123_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/123/123_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO QUE SE ESTUDE A POSSIBILIDADE DE FAZER UMA  FAIXA DE PEDESTRE NA AV. UNIVERSITÁRIA EM FRENTE AO ESCORPIÃO BIKE.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/124/124_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/124/124_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMº. SR. VALDEMIR COSTA DE ABREU, MD. INSPETOR CHEFE DA 8ª DELEGACIA DA POLÍCIA RODOVIÁRIA FEDERAL,   SOLICITANDO QUE TOME AS PROVIDÊNCIAS NO TRÂNSITO NO ANTIGO POSTO FISCAL, PARA QUE SE FAÇA ESTUDOS NO SENTIDO DE COLOCAR UM SEMÁFORO NO INTUITO DE AMENIZAR A SITUAÇÃO DO TRÁFEGO, PRINCIPALMENTE DOS MORADORES DE PONTAL DO ARAGUAIA, VISTO QUE EM ÉPOCA DE TEMPORADA DE PRAIA A SITUAÇÃO SE TORNA AINDA MAIS CRÍTICA.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/125/125_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/125/125_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL,   SOLICITANDO QUE SE FAÇA ESTUDOS NO SENTIDO DE CRIAR O PLANO DE CARGOS E CARREIRAS DOS SERVIDORES PÚBLICOS MUNICIPAIS. </t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/126/126_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/126/126_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A CEMAT S/A E A ELETRONORTE (PROGRAMA LUZ PARA TODOS),   PARA QUE SE POSSA ATENDER  URGENTEMENTE AS DEMANDAS POR ENERGIA ELÉTRICA NAS REGIÕES RURAIS DE PONTAL DO ARAGUAIA-MT,  QUE AINDA NÃO FORAM ATENDIDAS</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/127/127_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/127/127_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL,  SOLICITANDO A NECESSIDADE DE MEDIDAS QUE CONSCIENTIZEM E SOLICITEM QUE PROPRIETÁRIOS CONSTRUAM CALÇADAS, E QUE NOS ESPAÇOS PÚBLICOS ESTA MEDIDA SEJA TOMADA TAMBÉM PELO EXECUTIVO.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/128/128_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/128/128_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL,  SOLICITANDO A NECESSIDADE DE PROMOVER A ACESSIBILIDADE NOS PRÉDIOS PÚBLICOS.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/129/129_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/129/129_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS,  SOLICITANDO A NECESSIDADE DE SE COLOCAR MAIS UM &amp;#8220;BRAÇO&amp;#8221; COM LUMINÁRIA NA AVENIDA SEBASTIANA OLIVEIRA DE SOUZA (AVENIDA B).</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/130/130_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/130/130_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS,  SOLICITANDO QUE SEJA INSTALADO NAS PRAÇAS DA CIDADE, BRINQUEDOS PARA ATENDER AS CRIANÇAS.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/131/131_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/131/131_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA COMPETENTE,  SOLICITANDO QUE SEJA DESIGNADO UM SERVIDOR (VIGIA) PARA A CAPTAÇÃO DE ÁGUA DE NOSSO MUNICÍPIO. </t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/132/132_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/132/132_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA DE INDÚSTRIA, COMÉRCIO E TURISMO,  SOLICITANDO QUE PROMOVA FEIRAS PARA COMERCIALIZAÇÃO DE ARTESANATO DURANTE A TEMPORADA DE PRAIA. </t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/133/133_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/133/133_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL,  SOLICITANDO QUE ESTUDE A POSSIBILIDADE PARA A LIBERAÇÃO DE RECURSOS PARA A COMUNIDADE DA AGROVILA ARARA PARA A RECUPERAÇÃO DO POÇO ARTESIANO</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/134/134_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/134/134_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, SOLICITANDO A CONSTRUÇÃO DE UM PONTO DE ÔNIBUS COBERTO ENTRE AS PONTES DO RIO ARAGUAIA E RIO GARÇAS(ANTIGO POSTO FISCAL).</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/135/135_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/135/135_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A MESA DIRETORA DA CÂMARA MUNICIPAL,  SOLICITANDO QUE SEJA CRIADO UM PROJETO DE LEI PARA QUE OS APOSENTADOS E PENSIONISTAS DO MUNICÍPIO, SEJAM BENEFICIADOS COM AUXÍLIO ALIMENTAÇÃO.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/136/136_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/136/136_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO E FINANÇAS, QUE SEJA REALIZADA REFORMULAÇÃO DE PLANO DE CLASSIFICAÇÃO DE CARGOS E SALÁRIOS DE TODO O QUADRO DE PESSOAL EFETIVO DA ADMINISTRAÇÃO DO MUNICÍPIO, BEM COMO DO ESTATUTO DO FUNCIONÁRIO PÚBLICO</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/138/138_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/138/138_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE SAÚDE, SOLICITANDO REVISÃO DA LEI MUNICIPAL Nº 629/12, COM RELAÇÃO AO CUSTEIO DE HOSPEDAGEM E ALIMENTAÇÃO, DAS PESSOAS QUE ESTÃO PARTICIPANDO DO PROGRAMA DE TRATAMENTO FORA DO DOMICÍLIO, VISTO QUE OS REFERIDOS VALORES ESTÃO DEFASADOS, NÃO ATENDENDO OS MUNÍCIPES QUE NECESSITAM DO SERVIÇO.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/139/139_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/139/139_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL,  SOLICITANDO QUE ATRAVÉS DA SECRETARIA COMPETENTE, COLOQUE PLACA DE SINALIZAÇÃO DE &amp;#8220;PARE&amp;#8221;, NA RUA JOSÉ JORGE DE ALMEIDA, ESQUINA COM RUA AUGUSTINHO FRANCISCO DE SOUZA.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/140/140_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/140/140_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL,  SOLICITANDO QUE ATRAVÉS DA SECRETARIA DE OBRAS, TOME AS PROVIDÊNCIAS NECESSÁRIAS PARA A RETIRADA DE ÁGUAS PLUVIAIS DA RUA ORLANDO BERTIPALHA, COM A COLOCAÇÃO DE MANILHAS E OBRAS COM BUEIROS.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/141/141_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/141/141_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL,  SOLICITANDO QUE ATRAVÉS DA SECRETARIA DE OBRAS, TOME AS PROVIDÊNCIAS NECESSÁRIAS PARA A RETIRADA  DOS &amp;#8220;QUEBRA-MOLAS&amp;#8221; DE TERRA DAS RUAS MARECHAL RONDON E RUA FLORÊNCIO  MARQUES DOS REIS, PRÓXIMA A CRECHE PADRE AGOSTINI E COM PROVIDÊNCIAS DE BUEIROS PARA RECEBER AS ÁGUAS PLUVIAIS.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/142/142_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/142/142_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL,  SOLICITANDO QUE ATRAVÉS DA SECRETARIA DE OBRAS, TOME AS PROVIDÊNCIAS NECESSÁRIAS PARA O ASFALTAMENTO DAS VIAS PÚBLICAS ABAIXO MENCIONADAS NO BAIRRO ARAGUAIA CENTER, QUE AINDA NÃO FORAM ASFALTADAS:_x000D_
 &amp;#8226;	FINAL DA RUA PIONEIROS;_x000D_
 &amp;#8226;	FINAL DA TRAVESSA 2;_x000D_
 &amp;#8226;	TRAVESSA 01._x000D_
 </t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/143/143_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/143/143_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL,  SOLICITANDO QUE ATRAVÉS DA SECRETARIA DE AÇÃO SOCIAL, SEJA DOADO COBERTORES PARA AS PESSOAS CARENTES DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/144/144_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/144/144_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL,  SOLICITANDO QUE ATRAVÉS DA SECRETARIA DE AÇÃO SOCIAL, SEJA FEITA A FESTA DA MANGA EM PARCERIA COM A EMPAER.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/145/145_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/145/145_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL,  SOLICITANDO QUE ATRAVÉS DA SECRETARIA DE AÇÃO SOCIAL, SEJAM FEITAS PARCERIAS COM AS IRMÃS URSULINAS PARA CURSOS DE PINTURAS, MÚSICA, BORDADOS, CORTE E COSTURA.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/146/146_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/146/146_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL,  SOLICITANDO QUE ATRAVÉS DO ÓRGÃO COMPETENTE, FAÇA A COLOCAÇÃO DE UM BRAÇO DE LÂMPADA NO POSTE EXISTENTE NA AV. DANTE MARTINS DE OLIVEIRA.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/147/147_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/147/147_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL,  COM CÓPIA A REDE CEMAT, SOLICITANDO A COLOCAÇÃO DE EXTENSÃO DE REDE BAIXA NA RUA FRANÇA, AOS FUNDOS DA SECRETARIA DE OBRAS NO BAIRRO MARIA JOAQUINA I, PRÓXIMO A RESIDÊNCIA Nº 02.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/148/148_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/148/148_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL,  COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO QUE FAÇA REPAROS NA ESTRADA DA CHÁCARA DO SR. ADEVAR.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/149/149_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/149/149_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL,  COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO QUE FAÇA A LIMPEZA NO TERRENO BALDIO PRÓXIMO A ESCOLA SÃO MIGUEL, NA RUA JARBAS GAMA ARAÚJO.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
     <t>Marquinhos</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/151/151_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/151/151_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª  PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE SAÚDE, SOLICITANDO QUE  SEJAM COLOCADOS BANCOS DE CIMENTO NO PÁTIO DAS UNIDADES DE SAÚDE DA FAMÍLIA.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/152/152_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/152/152_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª  PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO QUE  SEJAM COLOCADOS REDUTORES DE VELOCIDADE NA RUA GRÉCIA ESQUINA COM RUA PROJETADA NO BAIRRO MARIA JOAQUINA I.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/153/153_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/153/153_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª  PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A RECUPERAÇÃO DA ESTRADA QUE DÁ ACESSO AS PROPRIEDADES DOS SRS. ZEZINHO LEITEIRO, TIÃO DA SORVETERIA, SR. MARQUINHOS E SR. HUGO JARBAS, NA REGIÃO DA BURITIRANA.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/154/154_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/154/154_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AO ILMº. SR. VALDEMIR COSTA DE ABREU, MD. INSPETOR CHEFE DA 8ª DELEGACIA DA POLICIA RODOVIÁRIA FEDERAL,   SOLICITANDO QUE SE FAÇA ESTUDOS PARA A CONSTRUÇÃO DE UMA ROTATÓRIA NO ANTIGO POSTO FISCAL. </t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/156/156_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/156/156_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª  PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE SAÚDE, SOLICITANDO PROVIDÊNCIAS NO SENTIDO DE FAZER A INSTALAÇÃO DO APARELHO DE ULTRASSONOGRAFIA.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/157/157_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/157/157_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª.  PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO QUE SEJA FEITA CALÇADA EM VOLTA DA FEIRA COBERTA.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/158/158_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/158/158_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A EXMª. SRª. DIVINA ODA, DDª.  PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO QUE SEJA FEITO O RESTANTE DA CALÇADA DA ESCOLA MUNICIPAL SÃO JORGE. </t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/159/159_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/159/159_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A EXMª. SRª. DIVINA ODA, DDª.  PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO QUE SEJA COLOCADO CESTOS DE LIXO NAS PRAÇAS DA CIDADE. </t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/160/160_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/160/160_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AO EXECUTIVO, COM CÓPIA A SECRETARIA MUNICIPAL DE AGRICULTURA, QUE SEJA CRIADA E IMPLANTADA A HORTA MUNICIPAL. _x000D_
 </t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/161/161_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/161/161_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª.  PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO O TÉRMINO DO CALÇADÃO NA AV. UNIVERSITÁRIA, COM A LIMPEZA DE ENTULHOS NO CALÇADÃO JÁ EXISTENTE E LIMPEZA DE LIXOS DOMÉSTICOS E RESTOS DE MATERIAIS COLOCADOS NO LOCAL.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/162/162_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/162/162_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª.  PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO QUE SEJA FEITA A  AQUISIÇÃO DE MATERIAL PARA USO DOS TRABALHADORES DA LIMPEZA PÚBLICA (COLETORES DE LIXOS DOMÉSTICOS), TAIS COMO: LUVAS, UNIFORMES, BOTAS E MÁSCARAS.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/163/163_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/163/163_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª.  PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A RETIRADA DE ENTULHOS DA CALÇADA NA RUA CUSTÓDIO DE SOUSA PINTO.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/164/164_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/164/164_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª.  PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE AMBIENTE, SOLICITANDO QUE SEJA REALIZADO O PROGRAMA &amp;#8220;VIVEIROS DE MUDAS&amp;#8221;, DESTINADOS AO CULTIVO DE MUDAS DE ÁRVORES DE RUA, FRUTÍFERAS E PLANTAS ORNAMENTAIS.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/165/165_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/165/165_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª.  PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE AMBIENTE, SOLICITANDO QUE SEJA FEITO O PLANTIO DE MUDAS DE ÁRVORES NAS PRAÇAS JUSTINO MALHEIROS E ALI SALEH ABDALA</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/166/166_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/166/166_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A EXMª. SRª. DIVINA ODA, DDª.  PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE SAÚDE, SOLICITANDO A PRESENÇA DA VIGILÂNCIA SANITÁRIA NA RUA DALVINA DE SOUSA SANTOS, ESQUINA COM A RUA JARBAS GAMA ARAÚJO. </t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/167/167_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/167/167_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª.  PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO O PATROLAMENTO E ENCASCALHAMENTO NO FINAL DA AV. SEBASTIANA OLIVEIRA SOUZA (AV. B) EM FRENTE A CHÁCARA DO SR. ARNALDINHO.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/168/168_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/168/168_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª.  PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE SAÚDE, SOLICITANDO A POSSIBILIDADE DA COMPRA DE UM APARELHO &amp;#8220;BOMBA DE INFUSÃO&amp;#8221;, + EQUIPO PARA TRATAMENTO CONTÍNUO COM IMUNOGLOBULINA, PARA TRATAMENTO DE PACIENTES NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/169/169_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/169/169_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS,  SOLICITANDO A LIMPEZA GERAL DA RUA FELIX PEREIRA VALOIS.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/170/170_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/170/170_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL,  SOLICITANDO A DOAÇÃO DE UM LOTE PARA A EMPRESA JOSÉ RÔMULO M.E (MICRO-EMPRESA) PARA A CONSTRUÇÃO DE UM COMÉRCIO.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/171/171_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/171/171_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, SOLICITANDO O APOIO DA PREFEITURA MUNICIPAL PARA A REALIZAÇÃO DA FESTA DO PADROEIRO DO MUNICÍPIO, SÃO MIGUEL ARCANJO.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/172/172_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/172/172_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO O TÉRMINO DO ASFALTO NO FINAL DA RUA NOVE IRMÃOS.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/179/179_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/179/179_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS,  SOLICITANDO PINTURA DA FAIXA DE PEDESTRE OU COLOCAÇÃO DE REDUTORES DE VELOCIDADE, NA  AVENIDA  UNIVERSITÁRIA EM FRENTE A ANTIGA PREFEITURA. </t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A SINALIZAÇÃO DE TRÂNSITO PRÓXIMO A ESCOLA ESTADUAL SÃO MIGUEL.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, SOLICITANDO QUE SE DESTINE ÁREA PARA A IMPLANTAÇÃO DE UM NOVO CEMITÉRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/184/184_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/184/184_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, SOLICITANDO A TROCA DE LUMINÁRIAS QUEIMADAS AO LONGO DA AV. UNIVERSITÁRIA.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/185/185_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/185/185_texto_integral.doc</t>
   </si>
   <si>
     <t>AO  EXMº. SR. 3º SARGENTO GILDO DOS SANTOS TELES,  DD. COMANDANTE INTERINO DO NÚCLEO DA POLÍCIA MILITAR DE PONTAL DO ARAGUAIA-MT, SOLICITANDO QUE SE AUMENTE AS ABORDAGENS EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/186/186_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/186/186_texto_integral.doc</t>
   </si>
   <si>
     <t>A  EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, SOLICITANDO A NECESSIDADE DE ALUGUEL OU COMPRA DE UM CAMINHÃO ESPECÍFICO PARA O RECOLHIMENTO DO LIXO DOMÉSTICO EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/187/187_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/187/187_texto_integral.doc</t>
   </si>
   <si>
     <t>A  EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A RECUPERAÇÃO COM MAQUINÁRIO E APÓS JOGAR CASCALHO NO FINAL  DA AVENIDA AYRTON SENNA, (PEDAÇO DA RUA QUE NÃO POSSUI ASFALTO).</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/188/188_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/188/188_texto_integral.doc</t>
   </si>
   <si>
     <t>A  EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO UMA OPERAÇÃO TAPA-BURACOS NA RUA JARBAS GAMA ARAUJO.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/189/189_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/189/189_texto_integral.doc</t>
   </si>
   <si>
     <t>A  EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, SOLICITANDO ESTUDOS DAS RUAS QUE PRECISAM COM URGÊNCIA DE REDE DE ENERGIA ELÉTRICA PARA QUE POSTERIORMENTE SEJAM FEITAS AS AMPLIAÇÕES NECESSÁRIAS.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/190/190_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/190/190_texto_integral.doc</t>
   </si>
   <si>
     <t>A  EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL, NO SENTIDO DE QUE A MESMA ENTRE EM CONTATO COM A SECRETARIA DE ESTADO DE ASSISTÊNCIA SOCIAL, PARA VIABILIZAR A QUESTÃO DOS DOCUMENTOS DAS RESIDÊNCIAS DO PROGRAMA MINHA CASA MINHA VIDA, PARA OS MORADORES DO BAIRRO MORADA DO SOL.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/194/194_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/194/194_texto_integral.doc</t>
   </si>
   <si>
     <t>A  EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE SAÚDE, SOLICITANDO QUE SEJA COLOCADO EM TODOS AS UNIDADES BÁSICAS DE SAÚDE E CENTRO DE SAÚDE,  INFORMAÇÕES AOS USUÁRIOS DO SISTEMA ÚNICO DE SAÚDE, SOBRE A RELAÇÃO DOS REMÉDIOS EXISTENTES NA FARMÁCIA BÁSICA, EVITANDO ASSIM QUE AS PESSOAS PROCUREM A SECRETARIA.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/195/195_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/195/195_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">                               INDICO À MESA, NA FORMA REGIMENTAL, SEJA ENCAMINHADO EXPEDIENTE AO COMITÊ RESPONSÁVEL DO TERRITÓRIO PONTAL DO ARAGUAIA, SOLICITANDO A LIBERAÇÃO DE RECURSOS PARA A REFORMA DA ESTRADA MUNICIPAL EDSON JOSÉ FERREIRA, COM REFORMA DE OITO PONTES (CONHECIDA COMO ROTA DO LEITE), BENEFICIANDO OS MUNICÍPIOS DE PONTAL DO ARAGUAIA E GENERAL CARNEIRO.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/198/198_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/198/198_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A EXMª. SRª DIVINA ODA, DDª PREFEITA MUNICIPAL, QUE DETERMINE JUNTO A SECRETARIA COMPETENTE, MAIOR EMPENHO EM OBTER INFORMAÇÕES E AINDA,  AÇÕES VISANDO AGILIZAR NO MUNICÍPIO DE PONTAL DO ARAGUAIA O &amp;#8220;PROGRAMA ENERGIA PARA TODOS&amp;#8221;. </t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/199/199_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/199/199_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª DIVINA ODA, DDª PREFEITA MUNICIPAL, QUE DETERMINE JUNTO A SECRETARIA COMPETENTE, QUE PROVIDENCIE REFORMA DAS PONTES DA ZONA RURAL, BEM COMO ENCABEÇAMENTO DAS MESMAS.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/200/200_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/200/200_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª DIVINA ODA, DDª PREFEITA MUNICIPAL, MATERIAL DE PROTEÇÃO PARA USO EXCLUSIVO DOS SERVIDORES DA ETA &amp;#8211; ESTAÇÃO DE TRATAMENTO D&amp;#8217;AGUA DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/201/201_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/201/201_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª DIVINA ODA, DDª PREFEITA MUNICIPAL, QUE VERIFIQUE A POSSIBILIDADE DE IMPLANTAÇÃO DO PRONTO ATENDIMENTO 24 HORAS EM UMA UNIDADE BÁSICA DE SAÚDE DE NOSSA  CIDADE.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/202/202_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/202/202_texto_integral.doc</t>
   </si>
   <si>
     <t>AO EXMº. SR. LUCIANO NAPOLIS COSTA, DD. PRESIDENTE DA CÂMARA MUNICIPAL, SOLICITANDO COM URGÊNCIA O FUNCIONAMENTO DO N.P.J-NÚCLEO DE PRÁTICAS JURÍDICAS DA FACULDADE CATHEDRAL EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/203/203_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/203/203_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA AO CRAS &amp;#8211; CENTRO DE REFERÊNCIA DE ASSISTÊNCIA SOCIAL, SOLICITANDO QUE PROVIDENCIE A LIMPEZA DO CENTRO SOCIAL URBANO, NOS DIAS DE ATIVIDADES COM O GRUPO DA TERCEIRA IDADE, NAS QUARTAS E SEXTAS FEIRAS, OU VOLTE AS ATIVIDADES PARA UNIVERSIDADE FEDERAL DE MATO GROSSO, COMO É DE PREFERÊNCIA DOS IDOSOS.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/204/204_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/204/204_texto_integral.doc</t>
   </si>
   <si>
     <t>A  EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO  QUE SEJA PROVIDENCIADO COM URGÊNCIA A LIMPEZA NO CANTEIRO CENTRAL E LATERAIS DA AV. UNIVERSITÁRIA SENTIDO ANTIGA PREFEITURA MUNICIPAL ATÉ A UNIVERSIDADE FEDERAL DE MATO GROSSO.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/207/207_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/207/207_texto_integral.doc</t>
   </si>
   <si>
     <t>A  EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A LIMPEZA DA RUA QUE DÁ ACESSO AO MINI-ESTÁDIO EDUARDÃO.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/208/208_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/208/208_texto_integral.doc</t>
   </si>
   <si>
     <t>A  EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, SOLICITANDO QUE A PESSOA RESPONSÁVEL PELA FISCALIZAÇÃO DE CONSTRUÇÕES, FAÇA VISTORIAS NO MUNICÍPIO, VISANDO TOMAR PROVIDÊNCIAS COM RELAÇÃO A MATERIAIS DE CONSTRUÇÃO COLOCADOS EM VIAS PÚBLICAS.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/209/209_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/209/209_texto_integral.doc</t>
   </si>
   <si>
     <t>A  EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A RETIRADA DO LIXO EXISTENTE NA RUA CUSTÓDIO SOUZA PINTO, OU QUE O PROPRIETÁRIO DO LOTE, SEJA NOTIFICADO PARA QUE TOME AS DEVIDAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/210/210_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/210/210_texto_integral.doc</t>
   </si>
   <si>
     <t>A  EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A LIMPEZA NA PRAÇA JONAS PINHEIRO, AO LADO DO CONSELHO TUTELAR.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/211/211_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/211/211_texto_integral.doc</t>
   </si>
   <si>
     <t>A  EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO COM URGÊNCIA, A FAIXA DE PEDESTRES NA AVENIDA UNIVERSITÁRIA EM FRENTE AO PRÉDIO ONDE FUNCIONA O POSTO DO DETRAN EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/212/212_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/212/212_texto_integral.doc</t>
   </si>
   <si>
     <t>A  EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA AO SETOR COMPETENTE, QUE PROMOVA UM ENCONTRO PARA COMEMORAR O DIA DAS MULHERES PRODUTORAS RURAIS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/213/213_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/213/213_texto_integral.doc</t>
   </si>
   <si>
     <t>A  EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO O ENVIO DA RETROESCAVADEIRA AO ASSENTAMENTO BRILHANTE NO SENTIDO DE DAR PROFUNDIDADE AOS POÇOS EXISTENTES NO LOCAL.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/214/214_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/214/214_texto_integral.doc</t>
   </si>
   <si>
     <t>APÓS CUMPRIDO TRÂMITE CONFORME DISPOSTO NO REGIMENTO INTERNO DA CÂMARA MUNICIPAL, SOLICITO QUE SEJA FEITO UM APELO A EXCELENTÍSSIMA SENHORA DIVINA ODA, DDª. PREFEITA MUNICIPAL, NO SENTIDO DE ANALISAR A POSSIBILIDADE DE CRIAR, NO MUNICÍPIO DE PONTAL DO ARAGUAIA -MT UM &amp;#8216;BANCO&amp;#8217; DE PRÓTESES, CADEIRAS DE RODAS E APARELHOS ORTOPÉDICOS, PARA ATENDER A IDOSOS E PESSOAS PORTADORAS DE DEFICIÊNCIA (PNE).</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/218/218_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/218/218_texto_integral.doc</t>
   </si>
   <si>
     <t>A  EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, SOLICITANDO QUE DETERMINE AO SETOR COMPETENTE, A ELABORAÇÃO DE UM PROJETO PARA  ESPAÇO EXISTENTE NA RUA FELIX PEREIRA VALOIS, CONHECIDA COMO PRAÇA DO JATOBÁ</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/219/219_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/219/219_texto_integral.doc</t>
   </si>
   <si>
     <t>A  EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, SOLICITANDO QUE DETERMINE AO SETOR COMPETENTE, QUE SEJA NOTIFICADO O PROPRIETÁRIO DA RESIDÊNCIA NA RUA JOSÉ COSTA DA SILVA, ONDE O MATERIAL DE CONSTRUÇÃO ESTÁ NO MEIO DA RUA E TAMBÉM NA AVENIDA ESMERALDA DE SOUSA LOPES, CUJO MATERIAL DE CONSTRUÇÃO ENCONTRA-SE OCUPANDO A METADE DA VIA PÚBLICA.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/220/220_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/220/220_texto_integral.doc</t>
   </si>
   <si>
     <t>A  EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, QUE SEJA FEITA A RETIRADA DO MATERIAL DE CONSTRUÇÃO NO CANTEIRO CENTRAL DA AVENIDA SEBASTIANA OLIVEIRA SOUZA.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/221/221_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/221/221_texto_integral.doc</t>
   </si>
   <si>
     <t>A  EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO QUE SEJA TOMADA AS PROVIDÊNCIAS  EM RELAÇÃO A SACOS E SACOLAS PLÁSTICAS NA AV. UNIVERSITÁRIA EM FRENTE AO SUPER LÉO ATÉ A OFICINA MECÂNICA.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/222/222_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/222/222_texto_integral.doc</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/223/223_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/223/223_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A POSSIBILIDADE DE SE CONSTRUIR UMA PISTA DE CAMINHADA EM REDOR DO GINÁSIO DE ESPORTES ANDRÉ MAGGI.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/224/224_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/224/224_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL,  SOLICITANDO QUE ATRAVÉS DO SETOR COMPETENTE, FAÇA A ELABORAÇÃO DE PROJETO DE LEI, VISANDO A PRORROGAÇÃO DE PAGAMENTO DO IMPOSTO PREDIAL E TERRITORIAL URBANO &amp;#8211; IPTU, PARA O ANO DE 2014, COM DESCONTO,  QUE VENCEU NO ÚLTIMO DIA 29 DE AGOSTO, PARA O VENCIMENTO ATÉ O DIA 30 DE SETEMBRO DO CORRENTE ANO.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/225/225_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/225/225_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL,  COM CÓPIA A SECRETARIA MUNICIPAL DE SAÚDE, SOLICITANDO PROCESSO SELETIVO, PARA UM AGENTE DE SAÚDE, A FIM DE ATENDER OS ASSENTAMENTOS SOL E BRILHANTE.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/226/226_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/226/226_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL,  COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A ARBORIZAÇÃO E JARDINAGEM DOS CANTEIROS CENTRAIS DA AV. UNIVERSITÁRIA, SENTIDO UNIVERSIDADE FEDERAL DE MATO GROSSO.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/227/227_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/227/227_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL,  COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A NECESSIDADE DE READEQUAÇÃO (PINTURA) DAS FAIXAS INDICATIVAS DE PASSAGEM DE PEDESTRES DA VIAS URBANAS DESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/228/228_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/228/228_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL,  COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A NECESSIDADE DE READEQUAÇÃO (PINTURA) DAS FAIXAS INDICATIVAS DE PASSAGEM DE PEDESTRES DA VIAS URBANAS DESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/229/229_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/229/229_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, SOLICITANDO QUE DÊ CUMPRIMENTO NO MUNICÍPIO, DA LEI COMPLEMENTAR Nº 135 DE 04 DE JUNHO DE 2010, QUE TRATA DA LEI DA FICHA LIMPA.</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/230/230_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/230/230_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE SAÚDE, SOLICITANDO A CONTRATAÇÃO DE UM AUXILIAR DE CONSULTÓRIO DENTÁRIO PARA A UNIDADE DE SAÚDE BENJAMIM CORREA DE MIRANDA.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/231/231_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/231/231_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE EDUCAÇÃO, SOLICITANDO QUE INCLUA O PEIXE NA MERENDA ESCOLAR. </t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/232/232_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/232/232_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, SOLICITANDO QUE SE FAÇA CONVÊNIO COM A CASA DE APOIO DE CUIABÁ-MT.</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/233/233_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/233/233_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO QUE TOME AS PROVIDÊNCIAS NECESSÁRIAS COM RELAÇÃO A ÁGUAS DE CHUVA QUE CORREM NA AVENIDA ESMERALDA DE SOUZA LOPES, CAUSANDO UMA ENORME EROSÃO PRÓXIMO A RESIDÊNCIA DO SGT. JOCEMAR.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/234/234_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/234/234_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO QUE TOME AS PROVIDÊNCIAS NECESSÁRIAS PARA A RETIRADA DA AREIA EXISTENTE NA RUA JOAQUIM CORREA, PRÓXIMO A MARCENARIA DO SR. JOAQUIM.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/235/235_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/235/235_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE ESPORTES, SOLICITANDO QUE DISPONIBILIZE UM HORÁRIO PARA OS MOTOTAXISTAS ESTAREM JOGANDO FUTEBOL, NAS SEGUNDAS OU SEXTAS-FEIRAS DAS 07:00 ÀS 08:00 HORAS.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/236/236_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/236/236_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE SAÚDE, SOLICITANDO REVISÃO DA LEI MUNICIPAL Nº 629/12, E POSTERIOR ENVIO A ESTA CASA,  COM RELAÇÃO AO CUSTEIO DE HOSPEDAGEM E ALIMENTAÇÃO, DAS PESSOAS QUE ESTÃO PARTICIPANDO DO PROGRAMA DE TRATAMENTO FORA DO DOMICÍLIO, VISTO QUE OS REFERIDOS VALORES ESTÃO DEFASADOS, NÃO ATENDENDO OS MUNÍCIPES QUE NECESSITAM DO SERVIÇO, EM ESPECIAL A SRª SUELY, QUE FAZ O TRATAMENTO DO SEU FILHO EM CUIABÁ.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/237/237_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/237/237_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE SAÚDE, SOLICITANDO A AQUISIÇÃO DE UM COMPUTADOR PARA O CENTRO DE FISIOTERAPIA.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/238/238_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/238/238_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, SOLICITANDO A DOAÇÃO DE UM LOTE PARA A CONSTRUÇÃO DE UM POSTO DE GASOLINA E UM RESTAURANTE, EM NOME DO SR. VALDIVINO BARBOSA DA SILVA, CONHECIDO COMO GOIANO.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/239/239_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/239/239_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, SOLICITANDO QUE ATRAVÉS DA SECRETARIA DE OBRAS, PROVIDENCIE A LIMPEZA DA RUA FELIX PEREIRA VALOIS.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/240/240_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/240/240_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, SOLICITANDO A DOAÇÃO DE UMA ÁREA DE TERRAS PARA A CONSTRUÇÃO DA SEDE SOCIAL DO SINDICATO DO BANCÁRIOS DE BARRA DO GARÇAS-MT.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/241/241_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/241/241_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, SOLICITANDO A INSTALAÇÃO DE LIXEIRAS NAS RUAS DA CIDADE.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/242/242_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/242/242_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A CONSTRUÇÃO DE &amp;#8220;BOCA-DE-LOBO&amp;#8221;, NA RUA JOSÉ MARIA, ESQUINA COM AV. UNIVERSITÁRIA. </t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/243/243_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/243/243_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS E REDE CEMAT S/A, SOLICITANDO COM URGÊNCIA A ILUMINAÇÃO PÚBLICA NA AV. AYRTON SENNA DA SILVA, VISANDO ATENDER INÚMEROS PEDIDOS DOS MORADORES, EM ESPECIAL, DO SR. GERALDO LEAL.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/244/244_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/244/244_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A JARDINAGEM NA AV. SEBASTIANA OLIVEIRA DE SOUZA (AVENIDA B), APÓS A ROTATÓRIA.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/245/245_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/245/245_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, SOLICITANDO QUE DETERMINE AO SETOR COMPETENTE, QUE FAÇA ESTUDOS NO SENTIDO DE CORRIGIR O SALÁRIO DAS CONSELHEIRAS DO CONSELHO TUTELAR.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/247/247_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/247/247_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, SOLICITANDO A DOAÇÃO DE UMA ÁREA DE TERRAS PARA O CLUBE DE DESBRAVADORES DA IGREJA ADVENTISTA DO SÉTIMO DIA.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/253/253_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/253/253_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A IMPLANTAÇÃO DO ESTACIONAMENTO ROTATIVO NA AVENIDA UNIVERSITÁRIA.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/254/254_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/254/254_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE CULTURA, SOLICITANDO A REFORMA DA PLACA DE IDENTIFICAÇÃO DO CENTRO DE ARTESANATO DEUSILDA ROSA DOS SANTOS. </t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/255/255_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/255/255_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE EDUCAÇÃO, E AO PROFESSOR SEVERINO DA CASA DO ATLETA EM BARRA DO GARÇAS-MT, PARA QUE FAÇA JUNTO AS ESCOLAS MUNICIPAL E ESTADUAL, SELETIVA DE ATLETISMO PARA QUE OS ALUNOS DE PONTAL DO ARAGUAIA, POSSAM TREINAR E SE INTEGRAR A SELEÇÃO DE ATLETISMO REPRESENTANDO E LEVANDO O NOME DE NOSSA CIDADE DENTRO DO CENÁRIO NACIONAL, INCENTIVANDO NOSSOS JOVENS E CRIANÇAS À PRÁTICA ESPORTIVA. </t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/256/256_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/256/256_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO QUE SEJA PROVIDENCIADO A PINTURA DE FAIXAS DE PEDESTRES NA AV. UNIVERSITÁRIA COM A RUA PE. SEBASTIÃO TEIXEIRA E COM A RUA JOSÉ BENJAMIM TEIXEIRA</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/257/257_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/257/257_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO QUE SEJA CONSTRUÍDA A CASA DE VELÓRIO, NA OBRA JÁ EXISTENTE NO BAIRRO LUZIA MARIA DE MORAES, EM FRENTE  A CONSTRUÇÃO DO PARQUE TURÍSTICO.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/258/258_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/258/258_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA DE OBRAS, SOLICITANDO A REFORMA DA PONTE SOBRE O CÓRREGO DAS ONÇAS.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/259/259_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/259/259_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL,  SOLICITANDO PROVIDÊNCIAS  QUANTO A TROCA DA VAN QUE FAZ A LINHA DO SR. SEBASTIÃO QUE FAZ O TRANSPORTE DOS ALUNOS DA ZONA RURAL NA ÁREA DE GENERAL CARNEIRO.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/264/264_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/264/264_texto_integral.doc</t>
   </si>
   <si>
     <t>AO EXMº. SR. TEN. CEL. PAULO COSTA, MD. COMANDANTE DO 2º BATALHÃO  DA POLÍCIA MILITAR, SOLICITANDO QUE DETERMINE AOS POLICIAIS QUE TIRAM SERVIÇO NA BARREIRA DO POSTO FISCAL, AFIM DE FACILITAR O TRÂNSITO DE PONTAL DO ARAGUAIA ÀS CIDADES DE BARRA DO GARÇAS E ARAGARÇAS, PERMITINDO ASSIM, QUE O TRÁFEGO FLUA.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/265/265_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/265/265_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL,  COM CÓPIA A SECRETARIA MUNICIPAL DE SAÚDE, SOLICITANDO QUE PROVIDENCIE A LIMPEZA DA PISCINA DO CENTRO DE REABILITAÇÃO, E QUE ESTA LIMPEZA SEJA FEITA  TODOS OS DOMINGOS.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/266/266_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/266/266_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL,  COM CÓPIA A SECRETARIA MUNICIPAL DE SAÚDE, SOLICITANDO A DISPONIBILIZAÇÃO DE UMA LONA PARA COBERTURA DA PISCINA DO CENTRO DE REABILITAÇÃO, COMPATÍVEL COM SUA LARGURA.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/267/267_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/267/267_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL,  COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A REFORMA DA PONTE DO CÓRREGO LAJEADO, QUE DÁ ACESSO A FAZENDA DO TAIDÃO.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/268/268_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/268/268_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS,  SOLICITANDO A COLOCAÇÃO DE LUMINÁRIAS NA RUA FINLÂNDIA, ONDE ESTÁ LOCALIZADA A  CRECHE ISAIAS PEREIRA DOS SANTOS.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/269/269_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/269/269_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS,  SOLICITANDO UMA LIMPEZA GERAL NO BAIRRO ARAGUAIA CENTER, PRINCIPALMENTE NAS RUAS SEM ASFALTO.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/270/270_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/270/270_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS,  SOLICITANDO UMA OPERAÇÃO &amp;#8220;TAPA-BURACO&amp;#8221; NAS RUAS JARBAS GAMA ARAÚJO, DALVINA SOUSA SANTOS E PADRE JOSÉ TEIXEIRA.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/271/271_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/271/271_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS,  SOLICITANDO A REVITALIZAÇÃO DA PRAÇA DA BÍBLIA.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/272/272_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/272/272_texto_integral.doc</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/273/273_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/273/273_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A REDE CEMAT S/A,  SOLICITANDO A COLOCAÇÃO DE 02 (DOIS) POSTES, NA RUA PRINCIPAL NA AGROVILA DA ARARA, EM FRENTE A RESIDÊNCIA DA SRª SILVINHA.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/274/274_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/274/274_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS,   SOLICITANDO A TROCA DE LUMINÁRIAS QUEIMADAS NA AV. UNIVERSITÁRIA, SENTIDO UNIVERSIDADE FEDERAL DE MATO GROSSO, APÓS A ANTIGA PREFEITURA MUNICIPAL.</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/278/278_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/278/278_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICO À MESA, NA FORMA REGIMENTAL, SEJA ENCAMINHADO EXPEDIENTE DESTE PODER A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS,   SOLICITANDO A COLOCAÇÃO DE UMA FAIXA DE PEDESTRES EM FRENTE A AUTO ESCOLA DINÂMICA.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/279/279_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/279/279_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICO À MESA, NA FORMA REGIMENTAL, SEJA ENCAMINHADO EXPEDIENTE DESTE PODER A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A AO SETOR COMPETENTE,   REALIZAÇÃO DE ESTUDO DE VIABILIDADE PARA ALTERAÇÃO DO TRÂNSITO NA RUA JOAQUIM CORRÊA, DA SEGUINTE FORMA: O TRÂNSITO NA REFERIDA VIA PÚBLICA SERÁ DE &amp;#8220;MÃO ÚNICA&amp;#8221;, COM ESTACIONAMENTO APENAS DE UM LADO.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/280/280_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/280/280_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS,  SOLICITANDO A LIMPEZA DA RUA JOSÉ MARIA, PRINCIPALMENTE AO LADO DOS CORREIOS.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/281/281_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/281/281_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS,  SOLICITANDO REPAROS NO ASFALTO DA AV. UNIVERSITÁRIA EM FRENTE AOS CORREIOS.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/282/282_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/282/282_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS,   SOLICITANDO QUE PROVIDENCIE PLACAS DE IDENTIFICAÇÃO EM TAMANHO GRANDE,  INDICANDO O SENTIDO DA VIA AV. UNIVERSITÁRIA/UNIVERSIDADE FEDERAL DE MATO GROSSO, APÓS O BAR DO SR. ANTÔNIO PRETO, BEM COMO, INDICANDO A ROTATÓRIA, APÓS A PREFEITURA MUNICIPAL.</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/283/283_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/283/283_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS,   SOLICITANDO O PATROLAMENTO E ENCASCALHAMENTO DA ESTRADA QUE DÁ ACESSO AS FAZENDAS DO SR. GUIRRA E VIZINHOS EM PARCERIA COM OS FAZENDEIROS.</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/284/284_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/284/284_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS,   SOLICITANDO A TROCA DE LUMINÁRIAS QUEIMADAS NA AV. UNIVERSITÁRIA, SENTIDO UNIVERSIDADE FEDERAL DE MATO GROSSO, APÓS A ANTIGA PREFEITURA MUNICIPAL.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/294/294_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/294/294_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A COORDENADORIA DE ESPORTES, SOLICITANDO QUE ENTRE EM CONTATO COM AS SECRETARIAS DE ESPORTES DOS MUNICÍPIOS VIZINHOS, AFIM DE PROMOVER EVENTOS ESPORTIVOS EM PARCERIA COM O MUNICÍPIO DE PONTAL DO ARAGUAIA. </t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/295/295_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/295/295_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">                         INDICO À MESA, NA FORMA REGIMENTAL, SEJA ENCAMINHADO EXPEDIENTE DESTE PODER A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A REFORMA DAS SEGUINTES PONTES NA ZONA RURAL DO MUNICÍPIO:_x000D_
 &amp;#8226;	PONTE SOBRE O CÓRREGO DO CAIXÃO (ESTRADA MUNICIPAL EDSON JOSÉ FERREIRA);_x000D_
 &amp;#8226;	PONTE SOBRE O CÓRREGO PIAU (NA ESTRADA 467, PRÓXIMO AO RIO GARÇAS);_x000D_
 &amp;#8226;	PONTE SOBRE O CÓRREGO CORGÃO (PRÓXIMO AO RIO GARÇAS);_x000D_
 &amp;#8226;	PONTE SOBRE O CÓRREGO SÃO JOSÉ DOS GARÇAS (PRÓXIMO A TESOURO)._x000D_
 </t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/296/296_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/296/296_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. MARIA LUCIA CAVALLI NEDER, MAGª REITORA DA UNIVERSIDADE FEDERAL DE MATO GROSSO, SOLICITANDO A ABERTURA DE MAIS CURSOS DE GRADUAÇÃO PARA O CAMPUS DE PONTAL DO ARAGUAIA-MT.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/297/297_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/297/297_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA DE OBRAS, SOLICITANDO A LIMPEZA DA PRAÇA JONAS PINHEIRO.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/298/298_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/298/298_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA DE OBRAS, SOLICITANDO A LIMPEZA DO CALÇADÃO DE CAMINHADA ATÉ A UNIVERSIDADE FEDERAL DE MATO GROSSO.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/299/299_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/299/299_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA DE OBRAS, SOLICITANDO A LIMPEZA NO ANTIGO CAMPO DO LAGOÃO, ONDE EXISTE UM CAMPO DE FUTEBOL.</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
     <t>Elismar Nogueira, Edimilson de Aguiar Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/300/300_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/300/300_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, A NECESSIDADE DE REALIZAR GESTÕES JUNTO AO MINISTÉRIO DA PREVIDÊNCIA SOCIAL, SOLICITANDO INSTALAR EM PONTAL DO ARAGUAIA,   UMA AGÊNCIA OU POSTO AVANÇADO DE ATENDIMENTO AOS SEGURADOS DO INSS, EM CARÁTER PERMANENTE. </t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/301/301_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/301/301_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, CRIAÇÃO DO CONSELHO MUNICIPAL DAS PESSOAS COM PNE &amp;#8211; PORTADORES DE NECESSIDADES ESPECIAIS.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/306/306_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/306/306_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO  QUE SE FAÇA UM MUTIRÃO DE LIMPEZA NOS ASSENTAMENTOS SOL, BRILHANTE E AGROVILA ARARA. </t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/307/307_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/307/307_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO  A CONCLUSÃO DO MANILHAMENTO NO CENTRO DA CIDADE,  NA RUA JOSÉ MARIA E AV. UNIVERSITÁRIA, ASSIM COMO O RECAPEAMENTO DO MANILHAMENTO EM FRENTE AOS CORREIOS.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/308/308_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/308/308_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO  A ARBORIZAÇÃO E REVITALIZAÇÃO DA PRAÇA DO JATOBÁ.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/309/309_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/309/309_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A REFORMA DO MINI-ESTÁDIO EDUARDÃO.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/310/310_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/310/310_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA AO SAE, SOLICITANDO A CONSTRUÇÃO DE UMA CAIXA DE ALVENARIA PARA DEPÓSITO DE ÁGUA NO SAE.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/311/311_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/311/311_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO, SOLICITANDO COLOCAR AR CONDICIONADO NA RECEPÇÃO DE TODOS AS REPARTIÇÕES PÚBLICAS DO MUNICÍPIO. </t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/312/312_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/312/312_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, SOLICITANDO A AQUISIÇÃO DE UM CAMINHÃO COLETOR DE LIXO.</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/313/313_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/313/313_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, SOLICITANDO O LEVANTAMENTO DAS RUAS DO MUNICÍPIO, QUE FALTAM ENERGIA ELÉTRICA.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/314/314_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/314/314_texto_integral.doc</t>
   </si>
   <si>
     <t>AO ILMº. SR. JORGE EDUARDO NOGUEIRA, MD. GERENTE REGIONAL DA CEMAT,  SOLICITANDO A LIGAÇÃO DE ENERGIA NO LOCAL DE CONSTRUÇÃO DAS CASAS POPULARES.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/315/315_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/315/315_texto_integral.doc</t>
   </si>
   <si>
     <t>AO MDA, ATRAVÉS DO TERRITÓRIO DE PONTAL DO ARAGUAIA, PARA QUE DESTINE RECURSOS PARA A CONSTRUÇÃO DE PONTES DE CONCRETO SOBRE OS CÓRREGOS DO DIAMANTINO, PIAU, SÃO JOSÉ DAS GARÇAS, CORGÃO E CAPIVARA.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/318/318_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/318/318_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A ILUMINAÇÃO NA RUA FRANÇA.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/319/319_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/319/319_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO REDUTOR DE VELOCIDADE NA RUA PROJETADA NO BAIRRO MARIA JOAQUINA.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/320/320_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/320/320_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO PLACAS DE IDENTIFICAÇÃO (SINALIZAÇÃO) COM OS NOMES DOS CÓRREGOS SOBRE AS PONTES DA ZONA RURAL._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/321/321_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/321/321_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A REFORMA DA PONTE SOBRE O CÓRREGO CAPIVARA, NA REGIÃO DO MORRO DE MESA.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/322/322_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/322/322_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA AO SAE, NO SENTIDO DE DESCOBRIR UM VAZAMENTO DE ÁGUA, SENTIDO CHÁCARA DOS SRS. ERALDO E DELMAIR NO BAIRRO LUZIA MARIA DE MORAES.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/323/323_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/323/323_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A COLOCAÇÃO DE MANILHAS, NO FINAL DA RUA ESMERALDA SOUZA LOPES.                                       </t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/324/324_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/324/324_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A COLOCAÇÃO DE MANILHAS, NO FINAL DA AVENIDA AYRTON SENNA.                                       </t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/325/325_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/325/325_texto_integral.doc</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/326/326_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/326/326_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A COMPLEMENTAÇÃO DO TRABALHO FEITO NA RUA JOSÉ MARIA, COM A COLOCAÇÃO DE MANILHAS E RETIRADA DO CIMENTO COLOCADO PELO SR. PAULO NAS MANILHAS JÁ EXISTENTES, PARA A PASSAGEM DE ÁGUAS PLUVIAIS.                                       </t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/328/328_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/328/328_texto_integral.doc</t>
   </si>
   <si>
     <t>A SECRETARIA DE INDUSTRIA E COMÉRCIO DO ESTADO DE MATO GROSSO, SOLICITANDO A QUALIFICAÇÃO DOS ARTESÃOS DE PONTAL DO ARAGUAIA, PARA A CRIAÇÃO DO ÍCONE DE NOSSO MUNICÍPIO</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/333/333_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/333/333_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A SECRETARIA DE INDUSTRIA E COMÉRCIO DO ESTADO DE MATO GROSSO, SOLICITANDO A QUALIFICAÇÃO DOS ARTESÃOS DE PONTAL DO ARAGUAIA, PARA A CRIAÇÃO DO ÍCONE DE NOSSO MUNICÍPIO. </t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/334/334_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/334/334_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE SAÚDE, SOLICITANDO QUE TOME AS PROVIDÊNCIAS NECESSÁRIAS PARA A COMPRA DE UMA BICICLETA ERGOMÉTRICA NOVA PARA O CENTRO DE REABILITAÇÃO.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/335/335_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/335/335_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, ESTUDE A POSSIBILIDADE DE ESTAR DISPONIBILIZANDO A COLETA DE LIXO, PELO MENOS UMA VEZ POR MÊS, NOS ASSENTAMENTOS, PRINCIPALMENTE NO ASSENTAMENTO BRILHANTE.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/336/336_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/336/336_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA AO SETOR COMPETENTE, SOLICITANDO ESTUDOS NO SENTIDO DE INSTALAR REDUTORES DE VELOCIDADES NA VIAS PÚBLICAS: DIVINO ALVES ROCHA E ARISTIDES GARCIA PENTEADO</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/337/337_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/337/337_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA AO SETOR COMPETENTE, NO SENTIDO DE VERIFICAR A POSSIBILIDADE DE ESTAR PROJETANDO E CONSTRUINDO UM CEMITÉRIO, UMA CASA DE VELÓRIO E UMA CAPELA MUNICIPAL.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/338/338_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/338/338_texto_integral.doc</t>
   </si>
   <si>
     <t>AOS EXMºS. SRS. DEP. ESTADUAL BAIANO FILHO, SENADOR ELEITO WELLINTON FAGUNDES, GOVERNADOR ELEITO PEDRO TAQUES E A SECRETARIA DE ESTADO DE TRANSPORTE E PAVIMENTAÇÃO URBANA DE MATO GROSSO, SOLICITANDO A RECUPERAÇÃO DA PONTE SOBRE O CÓRREGO DO LIMÃO, NA DIVISA DE PONTAL DO ARAGUAIA-MT COM GUIRATINGA-MT, TAMANHO DA PONTE 32M2 (TRINTA E DOIS METROS QUADRADOS).</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/349/349_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/349/349_texto_integral.doc</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/350/350_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/350/350_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, QUE SEJA EDIFICADO UM MONUMENTO/SÍMBOLO DE UMA BÍBLIA EM UM PONTO ESTRATÉGICO DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/351/351_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/351/351_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS,   SOLICITANDO A COLOCAÇÃO DE UMA FAIXA DE PEDESTRES EM FRENTE A AUTO ESCOLA DINÂMICA.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/352/352_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/352/352_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS,  SOLICITANDO OPERAÇÃO &amp;#8220;TAPA-BURACOS&amp;#8221;, NAS SEGUINTES VIAS PÚBLICAS: JOAQUIM CORREA, DALVINA SOUSA SANTOS, JARBAS GAMA ARAUJO E IRACY NOGUEIRA DOS SANTOS.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/353/353_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/353/353_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS,  SOLICITANDO LIMPEZA NOS BUEIROS  DAS SEGUINTES VIAS PÚBLICAS: CUSTÓDIO SOUZA PINTO E JARBAS GAMA ARAUJO, BEM COMO, A LIBERAÇÃO DA BOCA DA MANILHA  NA RUA JARBAS GAMA ARAUJO.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/354/354_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/354/354_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA  SECRETARIA MUNICIPAL DE EDUCAÇÃO, SUGERINDO QUE POSSA INCLUIR NO CALENDÁRIO DAS FESTIVIDADES DO ANIVERSÁRIO DO MUNICÍPIO, UM CULTO ECUMÊNICO E TAMBÉM APRESENTAÇÕES CULTURAIS.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/355/355_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/355/355_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA  SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A LIMPEZA NO BAIRRO ARAGUAIA CENTER.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/356/356_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/356/356_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA  SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A COLOCAÇÃO DE REDUTORES DE VELOCIDADE NAS ENTRADAS DAS PONTES DOS RIOS ARAGUAIA E GARÇAS, NO ANTIGO POSTO FISCAL, BEM COMO, SOLICITA AINDA A ABERTURA DE PROCESSO SELETIVO PARA A CONTRATAÇÃO DE AGENTES DE TRÂNSITO, NO SENTIDO DE CONTROLAR O FLUXO DE VEÍCULOS NO ANTIGO POSTO FISCAL.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/371/371_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/371/371_texto_integral.doc</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/372/372_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/372/372_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA  AO EXMº.SR. CORONEL PAULO COSTA, SOLICITANDO QUE SE TRAGA O NÚCLEO DA POLÍCIA MILITAR PARA A ENTRADA DA CIDADE, NO ANTIGO POSTO FISCAL.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/373/373_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/373/373_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA  A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO FAIXAS DE PEDESTRES NA RUA JOAQUIM CORREA, UMA ACIMA DA MERCEARIA DO DELMAIR E OUTRA ACIMA DO ORELHÃO, A PEDIDO DO SR. MANOEL VIEIRA.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/374/374_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/374/374_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA  A SECRETARIA MUNICIPAL DE AÇÃO SOCIAL E REDE CEMAT, UNIDADE DE BARRA DO GARÇAS, SOLICITANDO A AVERIGUAÇÃO E SOLUÇÃO DE VÁRIAS RECLAMAÇÕES DE AUMENTO ABUSIVO DA CONTA DE ENERGIA ELÉTRICA, PRINCIPALMENTE NOS SETORES DE CASAS POPULARES.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/375/375_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/375/375_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA  A SECRETARIA MUNICIPAL DE OBRAS, NO SENTIDO DE NOTIFICAR ALGUNS MORADORES QUE PLANTARAM ÁRVORES GRANDES EM SEUS LOTES.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/376/376_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/376/376_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA  A SECRETARIA COMPETENTE,  NO SENTIDO DE NOTIFICAR O PROPRIETÁRIO DA AUTO ESCOLA DINÂMICA, SITUADA NA AV. UNIVERSITÁRIA Nº 18, PARA QUE TOME AS PROVIDÊNCIAS NECESSÁRIAS EM RELAÇÃO A UMA CASA DE SUA PROPRIEDADE, QUASE EM FRENTE A SUA LOJA COMPRADA DA FALECIDA &amp;#8220;DONA ROSA&amp;#8221;,  PORQUE ESTÁ ABANDONADA E COM A PRESENÇA DE PESSOAS ESTRANHAS.</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/377/377_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/377/377_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA  A SECRETARIA COMPETENTE,  NO SENTIDO DE TOMAR PROVIDÊNCIAS EM RELAÇÃO AO ESGOTO QUE CORRE &amp;#8220; A CÉU ABERTO&amp;#8221;, NA RUA DALVINA DE SOUSA SANTOS.</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/378/378_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/378/378_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA  A SECRETARIA COMPETENTE,  NO SENTIDO DE COLOCAR MANILHA EM FRENTE AO BACANAS BAR, VISTO QUE AS ÁGUAS PLUVIAIS ESTÃO DANIFICANDO O ASFALTO.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/379/379_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/379/379_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA  A SECRETARIA COMPETENTE,  NO SENTIDO DE CONTRATAR UM (A) PSICÓLOGO (A) PARA ATENDIMENTO ÀS PESSOAS DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/380/380_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/380/380_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA  A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO UMA OPERAÇÃO &amp;#8220;TAPA-BURACOS&amp;#8221; NA RUA 20 (VINTE) DE DEZEMBRO NO BAIRRO LUZIA MARIA DE MORAES</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/381/381_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/381/381_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA  A CEMAT S/A, SOLICITANDO A COLOCAÇÃO DE UM POSTE DE ILUMINAÇÃO PÚBLICA NA RUA ACELINO SOUSA MOURA, ESQUINA COM AV. AYRTON SENNA.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/382/382_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/382/382_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA  A SECRETARIA MUNICIPAL DE OBRAS, PARA QUE DISPONIBILIZE UM CAMINHÃO, PARA QUE PELO MENOS UMA VEZ POR MÊS, FAÇA A COLETA DE PNEUS NAS BORRACHARIAS, LOJAS DE MOTOS E BICICLETARIAS, E QUALQUER OUTRO LIXO QUE POSSA EMPOÇAR ÁGUAS PLUVIAIS.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/383/383_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/383/383_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA  A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO O PATROLAMENTO E ENCASCALHAMENTO NO FINAL DA RUA ACELINO SOUSA MOURA (PIONEIROS), VEZ QUE DEVIDO AO PERÍODO CHUVOSO, O REFERIDO TRECHO ENCONTRA-SE INTRANSITÁVEL.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/384/384_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/384/384_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA  A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO UMA OPERAÇÃO &amp;#8220;TAPA-BURACOS&amp;#8221;, NA RUA MAL. RONDON E IRACI NOGUEIRA DOS SANTOS.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/385/385_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/385/385_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA  A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A LIMPEZA DAS VIAS PÚBLICAS: RAIMUNDO SOBRINHO E AIRÃO BARBOSA.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/386/386_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/386/386_texto_integral.doc</t>
   </si>
   <si>
     <t>AO EXMº. SR. TEN. CEL. PAULO COSTA, DD. COMANDANTE DO 2º BATALHÃO DA POLICIA MILITAR, SOLICITANDO INCLUIR A JORNADA VOLUNTÁRIA PARA OS POLICIAIS MILITARES.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/387/387_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/387/387_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO O TÉRMINO DO ASFALTO NO FINAL DA RUA ACELINO SOUSA MOURA (ANTIGA PIONEIROS).</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/388/388_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/388/388_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A COLOCAÇÃO DE UMA LOMBADA ELETRÔNICA NA ENTRADA DA UNIVERSIDADE FEDERAL DE MATO GROSSO.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/389/389_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/389/389_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO QUE COLOQUE CONES E PLACAS DE SINALIZAÇÃO NO ANTIGO POSTO FISCAL ENTRE AS PONTES DOS RIOS GARÇAS E ARAGUAIA, NO SENTIDO DE FAZER COM QUE OS MOTORISTAS RESPEITEM O LIMITE DE VELOCIDADE NAQUELE LOCAL._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/398/398_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/398/398_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, SOLICITANDO COM URGÊNCIA, A CONSTRUÇÃO DE UM NOVO CEMITÉRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/399/399_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/399/399_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A SUBSTITUIÇÃO DE LUMINÁRIAS QUEIMADAS EM TODA A CIDADE.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/400/400_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/400/400_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO PROVIDÊNCIAS DE ILUMINAÇÃO PÚBLICA NA RUA INDIA.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/401/401_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/401/401_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO PROVIDÊNCIAS NO SENTIDO DE MOLHAR NOS FINAIS DE SEMANA, A PISTA ONDE SERÁ REALIZADO O VELOTERRA</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/402/402_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/402/402_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO PROVIDÊNCIAS NO SENTIDO  DE RECOLOCAR AS PLACAS DE SINALIZAÇÃO QUE FORAM ARRANCADAS POR VÂNDALOS NA AVENIDA UNIVERSITÁRIA, PRÓXIMO AO MARESIAS.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/403/403_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/403/403_texto_integral.doc</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/404/404_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/404/404_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, QUE INTERCEDA JUNTO AO SETOR COMPETENTE, NO SENTIDO DE CORRIGIR A ESCRITA DA PLACA DE SINALIZAÇÃO NA ENTRADA DE PONTAL DO ARAGUAIA, NO SENTIDO DE QUEM VEM DE TORIXORÉU-MT, PERTO DO SR. AMORIM.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/405/405_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/405/405_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A COORDENADORIA DE ESPORTES, SOLICITANDO A LIMPEZA GERAL DO GINÁSIO DE ESPORTES ANDRÉ MAGGI.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/425/425_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/425/425_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A COLOCAÇÃO DE REDUTOR DE VELOCIDADE NA AV. UNIVERSITÁRIA, ALTURA DO Nº 107, NAS PROXIMIDADES DA ANTIGA SORVETERIA DA D. MARIA._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/426/426_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/426/426_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL,  SOLICITANDO TRATAMENTO PRIORITÁRIO EM TODOS OS ATOS ADMINISTRATIVOS PARA PESSOAS COM IDADE IGUAL OU SUPERIOR A 60 (SESSENTA) ANOS.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/427/427_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/427/427_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A ILUMINAÇÃO NO ANTIGO PRÉDIO DA SECRETARIA DE ESTADO DE FAZENDA. </t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/428/428_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/428/428_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A CONSTRUÇÃO DE CALÇADAS NA FEIRA COBERTA E REFORMA DOS BANHEIROS. </t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/429/429_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/429/429_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A COLOCAÇÃO DE CESTAS OU COLETORES DE LIXO NAS PRAÇAS E LOCAIS PÚBLICOS. </t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/430/430_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/430/430_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A TROCA DE LÂMPADAS NA ANTIGA RUA GARIMPEIROS, HOJE DIVINO ALVES ROCHA Nº 54. </t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/435/435_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/435/435_texto_integral.doc</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/436/436_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/436/436_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO O PATROLAMENTO DA ESTRADA QUE DÁ ACESSO AO ASSENTAMENTO SOL</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/437/437_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/437/437_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, SOLICITANDO A DOAÇÃO DE UM LOTE PARA O SR. JERÔNIMO DOS SANTOS CARVALHO, PARA A CONSTRUÇÃO DE CARVALHOS ESQUADRIAS METÁLICAS. </t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/438/438_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/438/438_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, SOLICITANDO A DOAÇÃO DE UM LOTE PARA O SR. OLÍMPIO AIRES DOS SANTOS,  PARA A CONSTRUÇÃO DA MARCENARIA ARMÁRIOS E CIA. </t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/439/439_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/439/439_texto_integral.doc</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/442/442_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/442/442_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, QUE SOLICITE AOS COMERCIANTES QUE NÃO COLOQUE LIXO NAS CALÇADAS NOS FINAIS DE SEMANA, VISTO QUE NÃO HÁ O RECOLHIMENTO POR PARTE DA SECRETARIA DE OBRAS.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/443/443_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/443/443_texto_integral.doc</t>
   </si>
   <si>
     <t>A  EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, SOLICITANDO  DESAFETAÇÃO DA ÁREA DO JARDIM ARAGUAIA PARA QUE OS MORADORES POSSAM FAZER A REGULARIZAÇÃO JUNTO A CAIXA ECONÔMICA FEDERAL.</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>AUTORA: VERª LEILA APª ANTONIA B. E SILVA - DEM_x000D_
 MOÇÃO DE PESAR - AOS FAMILIARES DO SR. JORDELINO RODRIGUES DA SILVA</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/86/86_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/86/86_texto_integral.doc</t>
   </si>
   <si>
     <t>VOTOS DE PESAR AOS FAMILIARES DA SRª  GERÔNIMA ROSA PARREIRA.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/87/87_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/87/87_texto_integral.doc</t>
   </si>
   <si>
     <t>AO ILMº. SR. WHÉDNO PEREIRA DE SOUZA, MD. CHEFE DO SETOR DE TRIBUTOS, EXTENSIVO AOS DEMAIS SERVIDORES, PELO BRILHANTE TRABALHO REALIZADO EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/88/88_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/88/88_texto_integral.doc</t>
   </si>
   <si>
     <t>AOS ILMºS. SRS. RENÊ NUNES MOURÃO, MD. AGENTE AMBIENTAL FEDERAL E LEANDRO NOGUEIRA DA SILVA, MD. GERENTE DO IBAMA DE BARRA DO GARÇAS-MT, PELO EMPENHO NA DESTINAÇÃO DE MAQUINÁRIOS PARA USO EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/173/173_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/173/173_texto_integral.doc</t>
   </si>
   <si>
     <t>AO ILMº. SR. WALDYR CARRIJO DA SILVA, MD. SERVIDOR PÚBLICO E EX-VEREADOR DESTA CASA,  PELO TRABALHO QUE VEM DESEMPENHANDO FRENTE AO RECAPEAMENTO DAS RUAS E AVENIDAS DE NOSSO MUNICÍPIO</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/205/205_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/205/205_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">REQUEREMOS, NA FORMA REGIMENTAL, E APÓS OUVIDO O PLENÁRIO DESTA CASA, QUE CONSTE DA ATA DOS TRABALHOS DESTA NOITE VOTOS DE PESAR AOS FAMILIARES DO EX-GOVERNADOR DE PERNAMBUCO E CANDIDATO A PRESIDÊNCIA DA REPÚBLICA, SR. EDUARDO CAMPOS, PELA SUA MORTE TRÁGICA E PREMATURA, ACONTECIDA NA ÚLTIMA SEMANA.                                                      </t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/246/246_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/246/246_texto_integral.doc</t>
   </si>
   <si>
     <t>AO ILMº. SR. DIOGO DE OLIVEIRA PIMENTA, MD. 2º TENENTE DA POLICIA MILITAR, PELOS RELEVANTES SERVIÇOS PRESTADOS NO MUNICÍPIO NOS TRÊS MESES QUE FICOU EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/260/260_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/260/260_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
                                                   O VEREADOR  QUE A ESTA SUBSCREVE, USANDO DE SUAS ATRIBUIÇÕES LEGAIS, REQUER A V. EXA. QUE OUVIDO O PLENÁRIO, REGISTRE NOS ANAIS DESTA CASA, VOTOS DE APLAUSOS AOS PASTORES E MEMBROS DA IGREJA ADVENTISTA DO SÉTIMO DIA, PELA CAMINHADA DO ÚLTIMO DIA 10, COM A CAMPANHA &amp;#8220;QUEBRANDO O SILÊNCIO&amp;#8221;,  CONTRA A EXPLORAÇÃO E ABUSO SEXUAL DE CRIANÇAS, JOVENS E ADULTOS._x000D_
 </t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/261/261_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/261/261_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">                                                  A VEREADORA  QUE A ESTA SUBSCREVE, USANDO DE SUAS ATRIBUIÇÕES LEGAIS, REQUER A V. EXA. QUE OUVIDO O PLENÁRIO, REGISTRE NOS ANAIS DESTA CASA, VOTOS DE APLAUSOS AOS PROFISSIONAIS DA EDUCAÇÃO DA ESCOLA SÃO JORGE, PELA MELHORIA SIGNIFICATIVA DO IDEB- ÍNDICE DE DESENVOLVIMENTO DA EDUCAÇÃO BÁSICA.</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/285/285_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/285/285_texto_integral.doc</t>
   </si>
   <si>
     <t>A VEREADORA  QUE A ESTA SUBSCREVE, USANDO DE SUAS ATRIBUIÇÕES LEGAIS, REQUER A V. EXA. QUE OUVIDO O PLENÁRIO, REGISTRE NOS ANAIS DESTA CASA, VOTOS DE APLAUSOS AOS PROFISSIONAIS DA IMPRENSA DE NOSSA CIDADE E DE BARRA DO GARÇAS-MT, REDE TV, TV CIDADE (REDE RECORD) BARRA BAND E TV CENTRO-OESTE (SBT), CONTINENTAL FM E SITE PONTALDOARAGUAIANEWS , PELOS TRABALHOS QUE REALIZAM EM PONTAL DO ARAGUAIA E CIDADES VIZINHAS, TRAZENDO À POPULAÇÃO CONHECIMENTOS DOS FATOS REFERENTE A QUESTÕES POLÍTICAS, ECONÔMICAS, SOCIAIS E OUTRAS QUE ACONTECEM EM NOSSO ESTADO E REGIÃO.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/286/286_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/286/286_texto_integral.doc</t>
   </si>
   <si>
     <t>O VEREADOR  QUE A ESTA SUBSCREVE, USANDO DE SUAS ATRIBUIÇÕES LEGAIS, REQUER A V. EXA. QUE OUVIDO O PLENÁRIO, REGISTRE NOS ANAIS DESTA CASA, VOTOS DE CONGRATULAÇÕES AO EXMº. SR. PEDRO TAQUES, MD. GOVERNADOR ELEITO, PELA  SUA ATUAÇÃO E PELO MÉRITO DE SUA BRILHANTE E EXPRESSIVA ELEIÇÃO, É NOSSO DESEJO QUE O DIGNO SENADOR,  CONSOLIDE SUAS PROPOSTAS E CONTINUE SENDO UM VENCEDOR DE BATALHAS EM SUA TRAJETÓRIA, RECEBENDO HOJE A HOMENAGEM DOS REPRESENTANTES DESTA CASA LEGISLATIVA.</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/287/287_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/287/287_texto_integral.doc</t>
   </si>
   <si>
     <t>O VEREADOR  QUE A ESTA SUBSCREVE, USANDO DE SUAS ATRIBUIÇÕES LEGAIS, REQUER A V. EXA. QUE OUVIDO O PLENÁRIO, REGISTRE NOS ANAIS DESTA CASA, VOTOS DE CONGRATULAÇÕES AO EXMº. SR. ZECA VIANNA, DD. DEPUTADO ESTADUAL REELEITO,  MANIFESTANDO NOSSOS SINCEROS CUMPRIMENTOS POR SUA JUSTA E MERECIDA REELEIÇÃO AO CARGO DE DEPUTADO ESTADUAL. A MEDIDA ENSEJA  A CONTINUIDADE DE SUAS EFETIVAS AÇÕES EM PROL DA COMUNIDADE  MATOGROSSENSE.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/288/288_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/288/288_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR  QUE A ESTA SUBSCREVE, USANDO DE SUAS ATRIBUIÇÕES LEGAIS, REQUER A V. EXA. QUE OUVIDO O PLENÁRIO, REGISTRE NOS ANAIS DESTA CASA, VOTOS DE CONGRATULAÇÕES AO EXMº. SR. WANCLEY CHARLES, DD. DEPUTADO ESTADUAL ELEITO,  NOSSOS SINCEROS CUMPRIMENTOS POR SUA JUSTA E MERECIDA ELEIÇÃO À DEPUTADO ESTADUAL. </t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/289/289_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/289/289_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR  QUE A ESTA SUBSCREVE, USANDO DE SUAS ATRIBUIÇÕES LEGAIS, REQUER A V. EXA. QUE OUVIDO O PLENÁRIO, REGISTRE NOS ANAIS DESTA CASA, VOTOS DE CONGRATULAÇÕES AO EXMº. SR. ADILTON SACHETTI, DD. DEPUTADO FEDERAL ELEITO,  NOSSOS SINCEROS CUMPRIMENTOS POR SUA JUSTA E MERECIDA ELEIÇÃO À DEPUTADO FEDERAL. </t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/290/290_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/290/290_texto_integral.doc</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/291/291_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/291/291_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR  QUE A ESTA SUBSCREVE, USANDO DE SUAS ATRIBUIÇÕES LEGAIS, REQUER A V. EXA. QUE OUVIDO O PLENÁRIO, REGISTRE NOS ANAIS DESTA CASA, VOTOS DE APLAUSOS AO ILMº. SR. JOSÉ AUGUSTO CURVO (TAMPINHA), PELA EXPRESSIVA VOTAÇÃO COMO DEPUTADO FEDERAL, FICANDO COMO 1º SUPLENTE DA SUA COLIGAÇÃO. </t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/292/292_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/292/292_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR  QUE A ESTA SUBSCREVE, USANDO DE SUAS ATRIBUIÇÕES LEGAIS, REQUER A V. EXA. QUE OUVIDO O PLENÁRIO, REGISTRE NOS ANAIS DESTA CASA, VOTOS DE CONGRATULAÇÕES AO EXMº. SR. DEP. FED. WELLINTON FAGUNDES, DD. SENADOR ELEITO,  NOSSOS SINCEROS CUMPRIMENTOS POR SUA JUSTA E MERECIDA ELEIÇÃO À SENADOR DA REPÚBLICA. </t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/293/293_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/293/293_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">                                                  O VEREADOR  QUE A ESTA SUBSCREVE, USANDO DE SUAS ATRIBUIÇÕES LEGAIS, REQUER A V. EXA. QUE OUVIDO O PLENÁRIO, REGISTRE NOS ANAIS DESTA CASA, VOTOS DE CONGRATULAÇÕES AO EXMº. SR. BAIANO FILHO, DD. DEPUTADO ESTADUAL REELEITO,  MANIFESTANDO NOSSOS SINCEROS CUMPRIMENTOS POR SUA JUSTA E MERECIDA REELEIÇÃO AO CARGO DE DEPUTADO ESTADUAL. A MEDIDA ENSEJA  A CONTINUIDADE DE SUAS EFETIVAS AÇÕES EM PROL DA COMUNIDADE  MATOGROSSENSE.</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/302/302_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/302/302_texto_integral.doc</t>
   </si>
   <si>
     <t>AO SR. EZEQUIEL FONSECA, PELA ELEIÇÃO PARA DEPUTADO FEDERAL.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/327/327_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/327/327_texto_integral.doc</t>
   </si>
   <si>
     <t>VOTOS DE APLAUSOS AOS PROFISSIONAIS DA EDUCAÇÃO DAS REDES MUNICIPAL E ESTADUAL PELO DIA DOS PROFESSORES.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/329/329_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/329/329_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">VOTOS DE PESAR AOS FAMILIARES DO  ILMº. SR. JOSÉ ROCHA (CONHECIDO POR CANELA DE AÇO) PELO FALECIMENTO DE SEU FILHO LUÍS FERNANDO ROCHA (CONHECIDO COMO LÚ). </t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/330/330_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/330/330_texto_integral.doc</t>
   </si>
   <si>
     <t>AO ILMº. SR. JOSÉ EDUARDO  PENA, MD. DIRETOR GERAL DA VIAÇÃO XAVANTE LTDA, PELO TRABALHO SOCIAL FEITO EM NOSSA REGIÃO, EM ESPECIAL NO CASO DO SR. MANOEL BATISTA ALVES</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/331/331_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/331/331_texto_integral.doc</t>
   </si>
   <si>
     <t>AO EXMº. SR. CORONEL PERY TABORELLI, PELA SUA ELEIÇÃO PARA DEPUTADO ESTADUAL.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/339/339_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/339/339_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">PESAR À FAMÍLIA DO SR.  WALTER MESSIAS DA SILVA, CONHECIDO POR VALTO PRETO, PELO FALECIMENTO DE SEU IRMÃO TIADORILO MESSIAS DA SILVA (CONHECIDO POR GURI).                                                      </t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/340/340_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/340/340_texto_integral.doc</t>
   </si>
   <si>
     <t>DE PESAR À FAMÍLIA DO SR.  ANTONIO MARACAÍPES DE OLIVEIRA, PELO FALECIMENTO DE SUA MÃE  SRª ELZA MARACAÍPES DE OLIVEIRA, QUE FALECEU RECENTEMENTE</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/341/341_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/341/341_texto_integral.doc</t>
   </si>
   <si>
     <t>PESAR À FAMÍLIA DO SR. ADAUTO NOGUEIRA OLIVEIRA E FAMÍLIA,  PELO FALECIMENTO DE SEU PRIMO LEANDRO FERREIRA VIANA</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/390/390_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/390/390_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AO PROFESSOR CARLOS AUGUSTO ABICALIL PELO RECEBIMENTO DO PRÊMIO DARCI RIBEIRO CONCEDIDO ANUALMENTE PELA COMISSÃO DE EDUCAÇÃO E PELA MESA DIRETORA DA CÂMARA DE DEPUTADOS. </t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/391/391_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/391/391_texto_integral.doc</t>
   </si>
   <si>
     <t>AO GOVERNADOR SILVAL BARBOSA PELA OBRA DA MT-100, E PELOS RECURSOS DESTINADOS AO NOSSO MUNICÍPIO (REFORMAS, AMPLIAÇÕES E CONSTRUÇÃO). RESSALTANDO QUE TAIS OBRAS SERÃO DE EXTREMA IMPORTÂNCIA PARA A NOSSA CIDADE, E VIRÁ DE ENCONTRO AOS ANSEIOS DO POVO PONTALENSE.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/392/392_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/392/392_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO ESTADUAL BAIANO FILHO, PELO EMPENHO JUNTO AO GOVERNO DO ESTADO E ÓRGÃOS ESTADUAIS, A FIM DE  TRAZER OS RECURSOS PARA NOSSO MUNICÍPIO (REFORMAS, AMPLIAÇÕES E CONSTRUÇÃO). RESSALTANDO QUE TAIS OBRAS SERÃO DE EXTREMA IMPORTÂNCIA PARA A NOSSA CIDADE, E VIRÁ DE ENCONTRO AOS ANSEIOS DO POVO PONTALENSE.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>VICENTE FERREIRA, Marcos Alexandre da Silva (Marcão)</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/393/393_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/393/393_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">VOTOS DE PESAR À FAMÍLIA DA SRª. LUZICLÉIA ALMEIDA,   PELO FALECIMENTO DE SEU NETO ARTUR PIETRO CARVALHO FERNANDES, QUE FALECEU TRÁGICA E PREMATURAMENTE EM NOSSO MUNICÍPIO, DEIXANDO TODA SUA FAMÍLIA ABALADA. </t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/394/394_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/394/394_texto_integral.doc</t>
   </si>
   <si>
     <t>VOTOS DE PESAR À FAMÍLIA DO SR. LUIZ BRASIL DA SILVA, UM DOS PIONEIROS DE NOSSO MUNICIPIO, PELO SEU FALECIMENTO OCORRIDO NESTA CIDADE.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/406/406_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/406/406_texto_integral.doc</t>
   </si>
   <si>
     <t>AO ILMº.SR. JOSÉ MARIA ALVES VILAR, MD. MEDICO CLINICO GERAL, PELO BRILHANTE TRABALHO PRESTADO EM NOSSA REGIÃO, EM ESPECIAL EM NOSSO MUNICÍPIO E PRONTO SOCORRO DE BARRA DO GARÇAS-MT.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/407/407_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/407/407_texto_integral.doc</t>
   </si>
   <si>
     <t>AO ILMº.SR. RODRIGO DE MORAES GUSMÃO, MD. MEDICO CLINICO GERAL, PELO BRILHANTE TRABALHO PRESTADO EM NOSSA REGIÃO, EM ESPECIAL EM NOSSO MUNICÍPIO E PRONTO SOCORRO DE BARRA DO GARÇAS-MT.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica</t>
   </si>
   <si>
     <t>MODIFICA O ART. 102 INC. XVII DA LEI ORGÂNICA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
     <t>Marquinhos, Marcos Alexandre da Silva (Marcão), VICENTE FERREIRA</t>
   </si>
   <si>
     <t>MODIFICA O ART. 206 DA LEI ORGÂNICA MUNICIPAL</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/40/40_texto_integral.pdf</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/40/40_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONCEDER DESCONTO POR COTA ÚNICA OU PARCELAMENTO DO IMPOSTO PREDIAL TERRITORIAL URBANO, PARA O EXERCÍCIO DE 2014.</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/4/4_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/4/4_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTOR: VER. MARQUINHOS - PSDB "DISPÕE SOBRE DENOMINAÇÃO DE VIA PUBLICA E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>&amp;#8220;CRIA NO ÂMBITO DO MUNICÍPIO A SEMANA EXPEDIÇÃO GARÇAS-ARAGUAIA&amp;#8221;.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/332/332_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/332/332_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">  DISPÕE SOBRE DENOMINAÇÃO DO PARQUE TURÍSTICO E DÁ OUTRAS PROVIDÊNCIAS.                                                </t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/357/357_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/357/357_texto_integral.doc</t>
   </si>
   <si>
     <t>&amp;#8220;AUTORIZA O PODER EXECUTIVO A CONCEDER REMISSÃO DO IMPOSTO PREDIAL E TERRITORIAL URBANO &amp;#8211; IPTU, PARA IMÓVEIS ATINGIDOS POR ENCHENTES.&amp;#8221;</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/358/358_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/358/358_texto_integral.doc</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE A OBRIGATORIEDADE DA MANUTENÇÃO DE UM PROFISSIONAL DA ÁREA DE ENFERMAGEM, ENFERMEIRO OU TÉCNICO EM ENFERMAGEM, NAS UNIDADES DA REDE PÚBLICA MUNICIPAL(ESCOLA DE EDUCAÇÃO INFANTIL E ESCOLA MUNICIPAL) E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O NOVO CODIGO TRIBUTÁRIO MUNICIPAL</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>VINDO DO EXECUTIVO -"DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO FINANCEIRO DE 2015 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>VINDO DO EXECUTIVO - "DISPÕE SOBRE A PRESTAÇÃO DE SERVIÇO DE TRANSPORTE REMUNERADO DE PASSAGEIROS (MOTO-TAXI) E ESTABELECE REGRAS GERAIS PARA A REGULAÇÃO DESTE SERVIÇO E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>VINDO DO EXECUTIVO -"DISPÕE SOBRE ABERTURA DE CRÉDITO ESPECIAL NA SECRETARIA MUNICIPAL DE MEIO AMBIENTE E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/30/30_texto_integral.pdf</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/30/30_texto_integral.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO A CONCEDER DESCONTO PARA COTA ÚNICA OU PARCELAMENTO DO IPTU - IMPOSTO PREDIAL E TERRITORIAL URBANO PARA O EXERCÍCIO DE 2014"</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>ALTERA O INCISO IV DO ART. 44 DA LEI MUNICIPAL Nº 414 DE 20 DE OUTUBRO DE 2005, QUE REESTRUTURA O REGIME PRÓPRIO DA PREVIDÊNCIA SOCIAL.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>ALTERA ARTIGOS DA LEI MUNICIPAL Nº 536/2009 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CRIAÇÃO DE CARGOS EM COMISSÃO DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>107</t>
   </si>
@@ -4536,256 +4536,256 @@
   <si>
     <t>420</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/44/44_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/44/44_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUER A EXMª. SRª. DIVINA ODA, DD. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE EDUCAÇÃO, NA PESSOA DA SRª WANDEIR SILVERINA DA SILVA, INFORMAÇÕES REFERENTES AO FUNCIONAMENTO DA CRECHE MUNICIPAL: QUANDO IRÃO SE INICIAR AS AULAS.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/45/45_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/45/45_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL,  SOLICITANDO DATA E VALOR DA ASSINATURA DOS CONVÊNIOS: CONSTRUÇÃO DA CRECHE MUNICIPAL, REFORMA E AMPLIAÇÃO DOS POSTOS DE SAÚDE, DUPLICAÇÃO E CONSTRUÇÃO DA CICLOVIA (AV UNIVERSITÁRIA) E DAS CASAS DO PROGRAMA MINHA CASA MINHA VIDA.</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/46/46_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/46/46_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL,  SOLICITANDO RELAÇÃO E CÓPIAS DE TODAS AS DESPESAS QUE FORAM EFETUADAS EM FAVOR DA IV FESTA DO PEÃO DE PONTAL DO ARAGUAIA-MT;  REALIZADA NO ANO DE 2013.</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/47/47_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/47/47_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AO MINISTÉRIO PÚBLICO DO ESTADO DE MATO GROSSO, 3ª PROMOTORIA DE JUSTIÇA CÍVEL DE BARRA DO GARÇAS-MT; ESCLARECIMENTOS SOBRE O PROGRAMA MINHA CASA MINHA VIDA, QUE DEVERIA TER CONSTRUÍDO 29 (VINTE E NOVE) EM PONTAL DO ARAGUAIA-MT, INCLUSIVE ACOMPANHA FOTO ANEXA EM QUE A DATA PARA O TÉRMINO DA OBRA SERIA DIA 20/03/2014, E POR INCRÍVEL QUE PAREÇA O TERRENO ENCONTRA-SE COMO O PREFEITO DA ADMINISTRAÇÃO ANTERIOR DEIXOU: ASFALTO, CALÇADA E MEIO-FIO. </t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/48/48_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/48/48_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A EXMª. SRª DIVINA ODA, DDª. PREFEITA MUNICIPAL, SOLICITANDO RELAÇÃO E CÓPIAS DE TODA AS DESPESAS QUE FORAM EFETUADAS EM FAVOR DA I CAVALGADA DE PONTAL DO ARAGUAIA-MT. </t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/49/49_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/49/49_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª DIVINA ODA, DDª. PREFEITA MUNICIPAL, SOLICITANDO CÓPIA DA FOLHA DE PAGAMENTO DO MÊS DE DEZEMBRO/13, JANEIRO, FEVEREIRO, MARÇO E ABRIL DE 2014.</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/62/62_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/62/62_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A EXMª. SRª DIVINA ODA, DDª. PREFEITA MUNICIPAL, SOLICITANDO INFORMAÇÕES SOBRE A COORDENAÇÃO DA TEMPORADA DE PRAIA DA ARARA 2014 E QUAL A DATA DO FESTIVAL._x000D_
 </t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/150/150_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/150/150_texto_integral.doc</t>
   </si>
   <si>
     <t>A REDE CEMAT S/A, SOLICITANDO INFORMAÇÕES SE FOI LIBERADA A ENERGIA RURAL PARA O MUNICÍPIO DE PONTAL DO ARAGUAIA, SE AFIRMATIVO, QUAIS OS NOMES DOS BENEFICIADOS.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/178/178_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/178/178_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DD. PREFEITA MUNICIPAL, C/C A SECRETARIA MUNICIPAL DE SAÚDE,  SOLICITANDO INFORMAÇÕES COMO ESTÁ SENDO FEITO O ATENDIMENTO ÀS PESSOAS COM DIAGNÓSTICO DE LEISHMANIOSE  E QUANTOS SÃO OS CASOS EM NOSSO MUNICÍPIO, PRINCIPALMENTE NO BAIRRO MORADA DO SOL.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/183/183_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/183/183_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DD. PREFEITA MUNICIPAL, C/C A SECRETARIA MUNICIPAL DE OBRAS,  SOLICITANDO INFORMAÇÕES SOBRE O TÉRMINO DO ASFALTO NO FINAL DA RUA ACELINO SOUZA MOURA, PRÓXIMO A RESIDÊNCIA DO SR. JOAQUIM DA FARMÁCIA, SE A PREFEITURA MUNICIPAL IRÁ TERMINAR E QUANDO SERÁ FEITA A OBRA.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/191/191_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/191/191_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DD. PREFEITA MUNICIPAL, C/C A SECRETARIA MUNICIPAL DE SAÚDE,  SOLICITANDO INFORMAÇÕES SOBRE A FALTA DE VACINAS DO CALENDÁRIO BÁSICO DE VACINAÇÃO FUNDAMENTAL PARA A PROTEÇÃO E DESENVOLVIMENTO DOS RECÉM-NASCIDOS E CRIANÇAS DE NOSSO MUNICÍPIO NAS UNIDADES BÁSICAS DA FAMÍLIA E TAMBÉM NO CENTRO DE SAÚDE.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/196/196_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/196/196_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, SOLICITANDO INFORMAÇÕES SOBRE O TRANSPORTE ESCOLAR MUNICIPAL DA REGIÃO DA BABILÔNIA, PERCURSO DO VEÍCULO (COM INFORMAÇÕES E DOCUMENTOS QUE COMPROVEM CONDIÇÕES DAS ESTRADAS E PONTES), QUAL O VEÍCULO DESTINADO AO TRANSPORTE, SE O MESMO OFERECE SEGURANÇA E CONDIÇÕES DE ASSIDUIDADE PARA OS ALUNOS,  NOME DO INSPETOR E/OU MONITOR QUE ACOMPANHA AS CRIANÇAS, E AINDA, QUAL O PERÍODO QUE A CRIANÇA &amp;#8220;DEVE&amp;#8221;  PERMANECER NA CRECHE MUNICIPAL HAJA VISTA QUE A MESMA É MORADORA DA ZONA RURAL.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/197/197_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/197/197_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, INFORMAÇÕES DO PROGRAMA MINHA CASA MINHA VIDA .</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/215/215_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/215/215_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, SOLICITANDO INFORMAÇÕES COM RELAÇÃO AO TÉRMINO DO ASFALTO NO BAIRRO ARAGUAIA CENTER.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/248/248_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/248/248_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, SOLICITANDO INFORMAÇÕES QUANTO À FESTA QUE FOI FEITA NO MUNICÍPIO, EM PROL DO HOSPITAL DO CÂNCER EM BARRETOS, BEM COMO, QUANDO SERÁ FEITO O CONVÊNIO COM O REFERIDO HOSPITAL.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/252/252_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/252/252_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, SOLICITANDO INFORMAÇÕES QUANTO A POSSÍVEIS ÁREAS PARA A CONSTRUÇÃO DO CEMITÉRIO MUNICIPAL, QUAIS AS ÁREAS QUE A PREFEITURA MUNICIPAL IRÁ UTILIZAR PARA A CONSTRUÇÃO DO REFERIDO CEMITÉRIO.</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/304/304_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/304/304_texto_integral.doc</t>
   </si>
   <si>
     <t>A EMPRESA AMPLA, RESPONSÁVEL PELA CONSTRUÇÃO DOS KITS E DAS CASAS DO PROGRAMA MINHA CASA, MINHA VIDA,  SOLICITANDO INFORMAÇÕES QUANTO AO TÉRMINO DO KIT DO PROGRAMA  NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/316/316_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/316/316_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA AO SAE, SOLICITANDO INFORMAÇÕES DE QUANTO ESTÁ SENDO ARRECADADO NO MUNICÍPIO REFERENTE À ÁGUA. SE POSSÍVEL A RELAÇÃO DE QUANTOS CONTRIBUINTES EXISTEM NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/317/317_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/317/317_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS,  SOLICITANDO INFORMAÇÕES SOBRE O PORQUE DA PATROL 170 NÃO ESTÁ SENDO UTILIZADA.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/368/368_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/368/368_texto_integral.doc</t>
   </si>
   <si>
     <t>AO EXMº. SR. CEL. PAULO COSTA, DD. COMANDANTE DO 2º BATALHÃO DE POLICIA MILITAR,  SOLICITANDO AS ESTATÍSTICAS DE OCORRÊNCIAS POLICIAIS NO ANTIGO POSTO FISCAL DE PONTAL DO ARAGUAIA, NO ÚLTIMO ANO.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/369/369_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/369/369_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS,  SOLICITANDO INFORMAÇÕES DO PORQUE QUE A RETROESCAVADEIRA NÃO TERMINOU A ABERTURA DE POÇOS NO ASSENTAMENTO SOL.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/370/370_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/370/370_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS,  SOLICITANDO INFORMAÇÕES DO PORQUE DO POÇO ARTESIANO QUE SE ENCONTRA NO ASSENTAMENTO SOL, NÃO TER SIDO LIGADO  ATÉ O PRESENTE MOMENTO, VISTO QUE A PARTE ELÉTRICA JÁ FOI TODA INSTALADA.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/423/423_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/423/423_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL,  SOLICITANDO INFORMAÇÕES DAS CASAS DO PROGRAMA MINHA CASA  MINHA VIDA.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/424/424_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/424/424_texto_integral.doc</t>
   </si>
   <si>
     <t>AO EXMº. SR. LUCIANO NAPOLIS COSTA, DD. PRESIDENTE DA CÂMARA MUNICIPAL,  SOLICITANDO INFORMAÇÕES SOBRE O FUNCIONAMENTO DO NÚCLEO DE PRÁTICAS JURÍDICAS, DAS FACULDADES CATHEDRAL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -5092,68 +5092,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/23/23_texto_integral.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/24/24_texto_integral.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/25/25_texto_integral.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/26/26_texto_integral.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/27/27_texto_integral.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/28/28_texto_integral.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/29/29_texto_integral.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/155/155_texto_integral.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/303/303_texto_integral.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/50/50_texto_integral.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/51/51_texto_integral.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/52/52_texto_integral.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/53/53_texto_integral.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/54/54_texto_integral.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/55/55_texto_integral.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/56/56_texto_integral.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/57/57_texto_integral.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/58/58_texto_integral.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/59/59_texto_integral.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/60/60_texto_integral.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/61/61_texto_integral.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/63/63_texto_integral.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/64/64_texto_integral.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/65/65_texto_integral.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/66/66_texto_integral.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/67/67_texto_integral.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/68/68_texto_integral.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/69/69_texto_integral.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/70/70_texto_integral.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/71/71_texto_integral.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/72/72_texto_integral.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/73/73_texto_integral.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/74/74_texto_integral.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/75/75_texto_integral.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/76/76_texto_integral.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/77/77_texto_integral.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/78/78_texto_integral.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/79/79_texto_integral.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/80/80_texto_integral.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/81/81_texto_integral.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/82/82_texto_integral.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/83/83_texto_integral.doc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/84/84_texto_integral.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/85/85_texto_integral.doc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/89/89_texto_integral.doc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/90/90_texto_integral.doc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/91/91_texto_integral.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/92/92_texto_integral.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/93/93_texto_integral.doc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/94/94_texto_integral.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/95/95_texto_integral.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/96/96_texto_integral.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/97/97_texto_integral.doc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/98/98_texto_integral.doc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/99/99_texto_integral.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/100/100_texto_integral.doc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/101/101_texto_integral.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/102/102_texto_integral.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/103/103_texto_integral.doc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/104/104_texto_integral.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/105/105_texto_integral.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/106/106_texto_integral.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/109/109_texto_integral.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/110/110_texto_integral.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/111/111_texto_integral.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/112/112_texto_integral.doc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/113/113_texto_integral.doc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/114/114_texto_integral.doc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/115/115_texto_integral.doc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/116/116_texto_integral.doc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/117/117_texto_integral.doc" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/118/118_texto_integral.doc" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/119/119_texto_integral.doc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/120/120_texto_integral.doc" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/121/121_texto_integral.doc" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/122/122_texto_integral.doc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/123/123_texto_integral.doc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/124/124_texto_integral.doc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/125/125_texto_integral.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/126/126_texto_integral.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/127/127_texto_integral.doc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/128/128_texto_integral.doc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/129/129_texto_integral.doc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/130/130_texto_integral.doc" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/131/131_texto_integral.doc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/132/132_texto_integral.doc" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/133/133_texto_integral.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/134/134_texto_integral.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/135/135_texto_integral.doc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/136/136_texto_integral.doc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/138/138_texto_integral.doc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/139/139_texto_integral.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/140/140_texto_integral.doc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/141/141_texto_integral.doc" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/142/142_texto_integral.doc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/143/143_texto_integral.doc" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/144/144_texto_integral.doc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/145/145_texto_integral.doc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/146/146_texto_integral.doc" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/147/147_texto_integral.doc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/148/148_texto_integral.doc" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/149/149_texto_integral.doc" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/151/151_texto_integral.doc" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/152/152_texto_integral.doc" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/153/153_texto_integral.doc" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/154/154_texto_integral.doc" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/156/156_texto_integral.doc" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/157/157_texto_integral.doc" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/158/158_texto_integral.doc" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/159/159_texto_integral.doc" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/160/160_texto_integral.doc" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/161/161_texto_integral.doc" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/162/162_texto_integral.doc" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/163/163_texto_integral.doc" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/164/164_texto_integral.doc" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/165/165_texto_integral.doc" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/166/166_texto_integral.doc" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/167/167_texto_integral.doc" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/168/168_texto_integral.doc" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/169/169_texto_integral.doc" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/170/170_texto_integral.doc" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/171/171_texto_integral.doc" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/172/172_texto_integral.doc" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/179/179_texto_integral.doc" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/184/184_texto_integral.doc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/185/185_texto_integral.doc" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/186/186_texto_integral.doc" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/187/187_texto_integral.doc" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/188/188_texto_integral.doc" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/189/189_texto_integral.doc" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/190/190_texto_integral.doc" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/194/194_texto_integral.doc" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/195/195_texto_integral.doc" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/198/198_texto_integral.doc" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/199/199_texto_integral.doc" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/200/200_texto_integral.doc" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/201/201_texto_integral.doc" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/202/202_texto_integral.doc" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/203/203_texto_integral.doc" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/204/204_texto_integral.doc" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/207/207_texto_integral.doc" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/208/208_texto_integral.doc" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/209/209_texto_integral.doc" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/210/210_texto_integral.doc" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/211/211_texto_integral.doc" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/212/212_texto_integral.doc" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/213/213_texto_integral.doc" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/214/214_texto_integral.doc" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/218/218_texto_integral.doc" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/219/219_texto_integral.doc" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/220/220_texto_integral.doc" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/221/221_texto_integral.doc" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/222/222_texto_integral.doc" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/223/223_texto_integral.doc" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/224/224_texto_integral.doc" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/225/225_texto_integral.doc" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/226/226_texto_integral.doc" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/227/227_texto_integral.doc" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/228/228_texto_integral.doc" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/229/229_texto_integral.doc" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/230/230_texto_integral.doc" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/231/231_texto_integral.doc" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/232/232_texto_integral.doc" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/233/233_texto_integral.doc" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/234/234_texto_integral.doc" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/235/235_texto_integral.doc" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/236/236_texto_integral.doc" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/237/237_texto_integral.doc" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/238/238_texto_integral.doc" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/239/239_texto_integral.doc" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/240/240_texto_integral.doc" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/241/241_texto_integral.doc" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/242/242_texto_integral.doc" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/243/243_texto_integral.doc" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/244/244_texto_integral.doc" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/245/245_texto_integral.doc" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/247/247_texto_integral.doc" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/253/253_texto_integral.doc" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/254/254_texto_integral.doc" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/255/255_texto_integral.doc" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/256/256_texto_integral.doc" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/257/257_texto_integral.doc" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/258/258_texto_integral.doc" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/259/259_texto_integral.doc" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/264/264_texto_integral.doc" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/265/265_texto_integral.doc" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/266/266_texto_integral.doc" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/267/267_texto_integral.doc" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/268/268_texto_integral.doc" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/269/269_texto_integral.doc" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/270/270_texto_integral.doc" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/271/271_texto_integral.doc" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/272/272_texto_integral.doc" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/273/273_texto_integral.doc" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/274/274_texto_integral.doc" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/278/278_texto_integral.doc" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/279/279_texto_integral.doc" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/280/280_texto_integral.doc" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/281/281_texto_integral.doc" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/282/282_texto_integral.doc" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/283/283_texto_integral.doc" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/284/284_texto_integral.doc" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/294/294_texto_integral.doc" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/295/295_texto_integral.doc" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/296/296_texto_integral.doc" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/297/297_texto_integral.doc" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/298/298_texto_integral.doc" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/299/299_texto_integral.doc" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/300/300_texto_integral.doc" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/301/301_texto_integral.doc" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/306/306_texto_integral.doc" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/307/307_texto_integral.doc" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/308/308_texto_integral.doc" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/309/309_texto_integral.doc" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/310/310_texto_integral.doc" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/311/311_texto_integral.doc" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/312/312_texto_integral.doc" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/313/313_texto_integral.doc" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/314/314_texto_integral.doc" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/315/315_texto_integral.doc" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/318/318_texto_integral.doc" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/319/319_texto_integral.doc" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/320/320_texto_integral.doc" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/321/321_texto_integral.doc" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/322/322_texto_integral.doc" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/323/323_texto_integral.doc" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/324/324_texto_integral.doc" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/325/325_texto_integral.doc" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/326/326_texto_integral.doc" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/328/328_texto_integral.doc" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/333/333_texto_integral.doc" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/334/334_texto_integral.doc" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/335/335_texto_integral.doc" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/336/336_texto_integral.doc" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/337/337_texto_integral.doc" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/338/338_texto_integral.doc" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/349/349_texto_integral.doc" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/350/350_texto_integral.doc" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/351/351_texto_integral.doc" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/352/352_texto_integral.doc" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/353/353_texto_integral.doc" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/354/354_texto_integral.doc" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/355/355_texto_integral.doc" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/356/356_texto_integral.doc" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/371/371_texto_integral.doc" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/372/372_texto_integral.doc" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/373/373_texto_integral.doc" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/374/374_texto_integral.doc" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/375/375_texto_integral.doc" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/376/376_texto_integral.doc" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/377/377_texto_integral.doc" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/378/378_texto_integral.doc" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/379/379_texto_integral.doc" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/380/380_texto_integral.doc" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/381/381_texto_integral.doc" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/382/382_texto_integral.doc" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/383/383_texto_integral.doc" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/384/384_texto_integral.doc" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/385/385_texto_integral.doc" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/386/386_texto_integral.doc" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/387/387_texto_integral.doc" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/388/388_texto_integral.doc" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/389/389_texto_integral.doc" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/398/398_texto_integral.doc" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/399/399_texto_integral.doc" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/400/400_texto_integral.doc" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/401/401_texto_integral.doc" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/402/402_texto_integral.doc" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/403/403_texto_integral.doc" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/404/404_texto_integral.doc" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/405/405_texto_integral.doc" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/425/425_texto_integral.doc" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/426/426_texto_integral.doc" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/427/427_texto_integral.doc" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/428/428_texto_integral.doc" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/429/429_texto_integral.doc" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/430/430_texto_integral.doc" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/435/435_texto_integral.doc" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/436/436_texto_integral.doc" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/437/437_texto_integral.doc" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/438/438_texto_integral.doc" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/439/439_texto_integral.doc" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/442/442_texto_integral.doc" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/443/443_texto_integral.doc" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/86/86_texto_integral.doc" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/87/87_texto_integral.doc" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/88/88_texto_integral.doc" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/173/173_texto_integral.doc" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/205/205_texto_integral.doc" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/246/246_texto_integral.doc" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/260/260_texto_integral.doc" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/261/261_texto_integral.doc" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/285/285_texto_integral.doc" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/286/286_texto_integral.doc" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/287/287_texto_integral.doc" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/288/288_texto_integral.doc" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/289/289_texto_integral.doc" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/290/290_texto_integral.doc" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/291/291_texto_integral.doc" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/292/292_texto_integral.doc" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/293/293_texto_integral.doc" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/302/302_texto_integral.doc" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/327/327_texto_integral.doc" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/329/329_texto_integral.doc" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/330/330_texto_integral.doc" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/331/331_texto_integral.doc" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/339/339_texto_integral.doc" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/340/340_texto_integral.doc" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/341/341_texto_integral.doc" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/390/390_texto_integral.doc" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/391/391_texto_integral.doc" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/392/392_texto_integral.doc" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/393/393_texto_integral.doc" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/394/394_texto_integral.doc" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/406/406_texto_integral.doc" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/407/407_texto_integral.doc" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/40/40_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/4/4_texto_integral.doc" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/332/332_texto_integral.doc" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/357/357_texto_integral.doc" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/358/358_texto_integral.doc" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/30/30_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/44/44_texto_integral.doc" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/45/45_texto_integral.doc" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/46/46_texto_integral.doc" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/47/47_texto_integral.doc" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/48/48_texto_integral.doc" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/49/49_texto_integral.doc" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/62/62_texto_integral.doc" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/150/150_texto_integral.doc" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/178/178_texto_integral.doc" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/183/183_texto_integral.doc" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/191/191_texto_integral.doc" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/196/196_texto_integral.doc" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/197/197_texto_integral.doc" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/215/215_texto_integral.doc" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/248/248_texto_integral.doc" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/252/252_texto_integral.doc" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/304/304_texto_integral.doc" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/316/316_texto_integral.doc" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/317/317_texto_integral.doc" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/368/368_texto_integral.doc" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/369/369_texto_integral.doc" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/370/370_texto_integral.doc" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/423/423_texto_integral.doc" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/424/424_texto_integral.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/23/23_texto_integral.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/24/24_texto_integral.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/25/25_texto_integral.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/26/26_texto_integral.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/27/27_texto_integral.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/28/28_texto_integral.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/29/29_texto_integral.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/155/155_texto_integral.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/303/303_texto_integral.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/50/50_texto_integral.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/51/51_texto_integral.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/52/52_texto_integral.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/53/53_texto_integral.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/54/54_texto_integral.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/55/55_texto_integral.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/56/56_texto_integral.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/57/57_texto_integral.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/58/58_texto_integral.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/59/59_texto_integral.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/60/60_texto_integral.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/61/61_texto_integral.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/63/63_texto_integral.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/64/64_texto_integral.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/65/65_texto_integral.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/66/66_texto_integral.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/67/67_texto_integral.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/68/68_texto_integral.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/69/69_texto_integral.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/70/70_texto_integral.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/71/71_texto_integral.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/72/72_texto_integral.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/73/73_texto_integral.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/74/74_texto_integral.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/75/75_texto_integral.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/76/76_texto_integral.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/77/77_texto_integral.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/78/78_texto_integral.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/79/79_texto_integral.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/80/80_texto_integral.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/81/81_texto_integral.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/82/82_texto_integral.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/83/83_texto_integral.doc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/84/84_texto_integral.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/85/85_texto_integral.doc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/89/89_texto_integral.doc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/90/90_texto_integral.doc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/91/91_texto_integral.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/92/92_texto_integral.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/93/93_texto_integral.doc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/94/94_texto_integral.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/95/95_texto_integral.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/96/96_texto_integral.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/97/97_texto_integral.doc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/98/98_texto_integral.doc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/99/99_texto_integral.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/100/100_texto_integral.doc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/101/101_texto_integral.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/102/102_texto_integral.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/103/103_texto_integral.doc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/104/104_texto_integral.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/105/105_texto_integral.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/106/106_texto_integral.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/109/109_texto_integral.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/110/110_texto_integral.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/111/111_texto_integral.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/112/112_texto_integral.doc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/113/113_texto_integral.doc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/114/114_texto_integral.doc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/115/115_texto_integral.doc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/116/116_texto_integral.doc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/117/117_texto_integral.doc" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/118/118_texto_integral.doc" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/119/119_texto_integral.doc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/120/120_texto_integral.doc" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/121/121_texto_integral.doc" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/122/122_texto_integral.doc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/123/123_texto_integral.doc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/124/124_texto_integral.doc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/125/125_texto_integral.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/126/126_texto_integral.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/127/127_texto_integral.doc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/128/128_texto_integral.doc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/129/129_texto_integral.doc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/130/130_texto_integral.doc" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/131/131_texto_integral.doc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/132/132_texto_integral.doc" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/133/133_texto_integral.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/134/134_texto_integral.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/135/135_texto_integral.doc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/136/136_texto_integral.doc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/138/138_texto_integral.doc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/139/139_texto_integral.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/140/140_texto_integral.doc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/141/141_texto_integral.doc" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/142/142_texto_integral.doc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/143/143_texto_integral.doc" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/144/144_texto_integral.doc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/145/145_texto_integral.doc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/146/146_texto_integral.doc" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/147/147_texto_integral.doc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/148/148_texto_integral.doc" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/149/149_texto_integral.doc" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/151/151_texto_integral.doc" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/152/152_texto_integral.doc" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/153/153_texto_integral.doc" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/154/154_texto_integral.doc" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/156/156_texto_integral.doc" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/157/157_texto_integral.doc" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/158/158_texto_integral.doc" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/159/159_texto_integral.doc" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/160/160_texto_integral.doc" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/161/161_texto_integral.doc" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/162/162_texto_integral.doc" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/163/163_texto_integral.doc" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/164/164_texto_integral.doc" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/165/165_texto_integral.doc" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/166/166_texto_integral.doc" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/167/167_texto_integral.doc" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/168/168_texto_integral.doc" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/169/169_texto_integral.doc" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/170/170_texto_integral.doc" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/171/171_texto_integral.doc" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/172/172_texto_integral.doc" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/179/179_texto_integral.doc" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/184/184_texto_integral.doc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/185/185_texto_integral.doc" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/186/186_texto_integral.doc" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/187/187_texto_integral.doc" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/188/188_texto_integral.doc" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/189/189_texto_integral.doc" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/190/190_texto_integral.doc" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/194/194_texto_integral.doc" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/195/195_texto_integral.doc" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/198/198_texto_integral.doc" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/199/199_texto_integral.doc" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/200/200_texto_integral.doc" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/201/201_texto_integral.doc" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/202/202_texto_integral.doc" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/203/203_texto_integral.doc" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/204/204_texto_integral.doc" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/207/207_texto_integral.doc" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/208/208_texto_integral.doc" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/209/209_texto_integral.doc" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/210/210_texto_integral.doc" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/211/211_texto_integral.doc" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/212/212_texto_integral.doc" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/213/213_texto_integral.doc" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/214/214_texto_integral.doc" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/218/218_texto_integral.doc" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/219/219_texto_integral.doc" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/220/220_texto_integral.doc" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/221/221_texto_integral.doc" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/222/222_texto_integral.doc" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/223/223_texto_integral.doc" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/224/224_texto_integral.doc" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/225/225_texto_integral.doc" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/226/226_texto_integral.doc" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/227/227_texto_integral.doc" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/228/228_texto_integral.doc" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/229/229_texto_integral.doc" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/230/230_texto_integral.doc" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/231/231_texto_integral.doc" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/232/232_texto_integral.doc" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/233/233_texto_integral.doc" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/234/234_texto_integral.doc" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/235/235_texto_integral.doc" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/236/236_texto_integral.doc" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/237/237_texto_integral.doc" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/238/238_texto_integral.doc" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/239/239_texto_integral.doc" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/240/240_texto_integral.doc" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/241/241_texto_integral.doc" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/242/242_texto_integral.doc" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/243/243_texto_integral.doc" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/244/244_texto_integral.doc" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/245/245_texto_integral.doc" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/247/247_texto_integral.doc" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/253/253_texto_integral.doc" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/254/254_texto_integral.doc" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/255/255_texto_integral.doc" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/256/256_texto_integral.doc" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/257/257_texto_integral.doc" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/258/258_texto_integral.doc" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/259/259_texto_integral.doc" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/264/264_texto_integral.doc" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/265/265_texto_integral.doc" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/266/266_texto_integral.doc" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/267/267_texto_integral.doc" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/268/268_texto_integral.doc" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/269/269_texto_integral.doc" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/270/270_texto_integral.doc" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/271/271_texto_integral.doc" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/272/272_texto_integral.doc" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/273/273_texto_integral.doc" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/274/274_texto_integral.doc" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/278/278_texto_integral.doc" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/279/279_texto_integral.doc" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/280/280_texto_integral.doc" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/281/281_texto_integral.doc" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/282/282_texto_integral.doc" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/283/283_texto_integral.doc" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/284/284_texto_integral.doc" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/294/294_texto_integral.doc" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/295/295_texto_integral.doc" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/296/296_texto_integral.doc" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/297/297_texto_integral.doc" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/298/298_texto_integral.doc" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/299/299_texto_integral.doc" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/300/300_texto_integral.doc" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/301/301_texto_integral.doc" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/306/306_texto_integral.doc" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/307/307_texto_integral.doc" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/308/308_texto_integral.doc" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/309/309_texto_integral.doc" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/310/310_texto_integral.doc" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/311/311_texto_integral.doc" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/312/312_texto_integral.doc" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/313/313_texto_integral.doc" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/314/314_texto_integral.doc" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/315/315_texto_integral.doc" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/318/318_texto_integral.doc" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/319/319_texto_integral.doc" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/320/320_texto_integral.doc" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/321/321_texto_integral.doc" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/322/322_texto_integral.doc" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/323/323_texto_integral.doc" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/324/324_texto_integral.doc" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/325/325_texto_integral.doc" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/326/326_texto_integral.doc" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/328/328_texto_integral.doc" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/333/333_texto_integral.doc" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/334/334_texto_integral.doc" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/335/335_texto_integral.doc" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/336/336_texto_integral.doc" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/337/337_texto_integral.doc" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/338/338_texto_integral.doc" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/349/349_texto_integral.doc" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/350/350_texto_integral.doc" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/351/351_texto_integral.doc" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/352/352_texto_integral.doc" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/353/353_texto_integral.doc" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/354/354_texto_integral.doc" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/355/355_texto_integral.doc" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/356/356_texto_integral.doc" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/371/371_texto_integral.doc" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/372/372_texto_integral.doc" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/373/373_texto_integral.doc" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/374/374_texto_integral.doc" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/375/375_texto_integral.doc" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/376/376_texto_integral.doc" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/377/377_texto_integral.doc" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/378/378_texto_integral.doc" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/379/379_texto_integral.doc" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/380/380_texto_integral.doc" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/381/381_texto_integral.doc" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/382/382_texto_integral.doc" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/383/383_texto_integral.doc" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/384/384_texto_integral.doc" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/385/385_texto_integral.doc" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/386/386_texto_integral.doc" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/387/387_texto_integral.doc" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/388/388_texto_integral.doc" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/389/389_texto_integral.doc" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/398/398_texto_integral.doc" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/399/399_texto_integral.doc" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/400/400_texto_integral.doc" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/401/401_texto_integral.doc" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/402/402_texto_integral.doc" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/403/403_texto_integral.doc" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/404/404_texto_integral.doc" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/405/405_texto_integral.doc" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/425/425_texto_integral.doc" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/426/426_texto_integral.doc" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/427/427_texto_integral.doc" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/428/428_texto_integral.doc" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/429/429_texto_integral.doc" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/430/430_texto_integral.doc" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/435/435_texto_integral.doc" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/436/436_texto_integral.doc" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/437/437_texto_integral.doc" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/438/438_texto_integral.doc" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/439/439_texto_integral.doc" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/442/442_texto_integral.doc" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/443/443_texto_integral.doc" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/86/86_texto_integral.doc" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/87/87_texto_integral.doc" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/88/88_texto_integral.doc" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/173/173_texto_integral.doc" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/205/205_texto_integral.doc" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/246/246_texto_integral.doc" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/260/260_texto_integral.doc" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/261/261_texto_integral.doc" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/285/285_texto_integral.doc" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/286/286_texto_integral.doc" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/287/287_texto_integral.doc" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/288/288_texto_integral.doc" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/289/289_texto_integral.doc" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/290/290_texto_integral.doc" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/291/291_texto_integral.doc" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/292/292_texto_integral.doc" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/293/293_texto_integral.doc" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/302/302_texto_integral.doc" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/327/327_texto_integral.doc" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/329/329_texto_integral.doc" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/330/330_texto_integral.doc" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/331/331_texto_integral.doc" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/339/339_texto_integral.doc" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/340/340_texto_integral.doc" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/341/341_texto_integral.doc" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/390/390_texto_integral.doc" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/391/391_texto_integral.doc" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/392/392_texto_integral.doc" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/393/393_texto_integral.doc" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/394/394_texto_integral.doc" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/406/406_texto_integral.doc" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/407/407_texto_integral.doc" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/40/40_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/4/4_texto_integral.doc" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/332/332_texto_integral.doc" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/357/357_texto_integral.doc" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/358/358_texto_integral.doc" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/30/30_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/44/44_texto_integral.doc" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/45/45_texto_integral.doc" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/46/46_texto_integral.doc" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/47/47_texto_integral.doc" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/48/48_texto_integral.doc" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/49/49_texto_integral.doc" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/62/62_texto_integral.doc" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/150/150_texto_integral.doc" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/178/178_texto_integral.doc" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/183/183_texto_integral.doc" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/191/191_texto_integral.doc" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/196/196_texto_integral.doc" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/197/197_texto_integral.doc" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/215/215_texto_integral.doc" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/248/248_texto_integral.doc" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/252/252_texto_integral.doc" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/304/304_texto_integral.doc" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/316/316_texto_integral.doc" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/317/317_texto_integral.doc" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/368/368_texto_integral.doc" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/369/369_texto_integral.doc" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/370/370_texto_integral.doc" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/423/423_texto_integral.doc" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2014/424/424_texto_integral.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H445"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="61.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="102.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="101.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>