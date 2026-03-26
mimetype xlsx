--- v0 (2026-02-03)
+++ v1 (2026-03-26)
@@ -54,4827 +54,4827 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>Luciano Costa, Antônia Parreira, Edimilson de Aguiar Oliveira, Elismar Nogueira, Leandro de Carlos Cardoso, Leila Apª  Antônia B. e Silva, Marcos Alexandre da Silva (Marcão), Marquinhos, VICENTE FERREIRA</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/573/573_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/573/573_texto_integral.doc</t>
   </si>
   <si>
     <t>EMENDA AO PROJETO DE LEI 722/2015 VINDO DO EXECUTIVO</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/574/574_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/574/574_texto_integral.doc</t>
   </si>
   <si>
     <t>EMENDA ADITIVA AO PROJETO DE LEI Nº 722/15 - VINDO DO EXECUTIVO</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Leandro de Carlos Cardoso, Antônia Parreira, Edimilson de Aguiar Oliveira, Elismar Nogueira, Leila Apª  Antônia B. e Silva, Luciano Costa, Marcos Alexandre da Silva (Marcão), Marquinhos, VICENTE FERREIRA</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/575/575_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/575/575_texto_integral.doc</t>
   </si>
   <si>
     <t>EMENDA ADITIVA Nº 015/15 AO PROJETO DE LEI Nº 722/2015</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Elismar Nogueira, Edimilson de Aguiar Oliveira, Leandro de Carlos Cardoso, Leila Apª  Antônia B. e Silva, Marquinhos</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/581/581_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/581/581_texto_integral.doc</t>
   </si>
   <si>
     <t>MODIFICA A REDAÇÃO DO PROJETO DE LEI Nº 719/2014</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Marquinhos, Edimilson de Aguiar Oliveira, Elismar Nogueira, Leandro de Carlos Cardoso, Leila Apª  Antônia B. e Silva</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/576/576_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/576/576_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">MODIFICA A REDAÇÃO DO PROJETO DE LEI Nº 728/15 </t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Marquinhos, Leila Apª  Antônia B. e Silva, VICENTE FERREIRA</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/755/755_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/755/755_texto_integral.doc</t>
   </si>
   <si>
     <t>&amp;#8220;MODIFICA A  REDAÇÃO DO PROJETO DE LEI Nº 752/15,  NO ANEXO DO REFERIDO PROJETO DE LEI REFERENTE AO PLANO MUNICIPAL DE EDUCAÇÃO, NO ITEM 1.3 METAS E ESTRATÉGIAS, ESTRATÉGIA ITENS 13 E 15&amp;#8221;</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Elismar Nogueira, Edimilson de Aguiar Oliveira, Leandro de Carlos Cardoso</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/842/842_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/842/842_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;ADICIONA A REDAÇÃO DO PROJETO DE LEI Nº 756/15, ART. 4º O ITEM 13&amp;#8221;.                                                             </t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/843/843_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/843/843_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;ADICIONA A REDAÇÃO DO PROJETO DE LEI Nº 756/15, ART. 4º O PARÁGRAFO ÚNICO&amp;#8221;.                                                             </t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Marquinhos</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/928/928_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/928/928_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A INCLUSÃO DE PROJETOS NOS ANEXOS DO PROJETO DE LEI Nº 762/2015, QUE DISPÕE SOBRE A LEI ORÇAMENTÁRIA ANUAL PARA O EXERCÍCIO DE 2016, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Luciano Costa, Leandro de Carlos Cardoso</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/960/960_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/960/960_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">             &amp;#8220;MODIFICA A REDAÇÃO DO PROJETO DE LEI Nº_x000D_
          765/2015,  EM SEU ART. 9º, PARÁGRAFO SEGUNDOº&amp;#8221;.                                                             </t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Leandro de Carlos Cardoso, Edimilson de Aguiar Oliveira, Elismar Nogueira, Leila Apª  Antônia B. e Silva</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/961/961_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/961/961_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">        &amp;#8220;MODIFICA A REDAÇÃO DO PROJETO DE LEI Nº _x000D_
         767/2015,  NA EXPRESSÃO DE PRO-LAR 2ª ETAPA   _x000D_
          PARA PRO-LAR._x000D_
 </t>
   </si>
   <si>
     <t>962</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/962/962_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/962/962_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">        &amp;#8220;ADICIONA À REDAÇÃO DO PROJETO DE LEI Nº_x000D_
          767/2015,  EM SEU ART. 4º, NO REQUISITO 6&amp;#8221;.                                                             </t>
   </si>
   <si>
     <t>963</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Leandro de Carlos Cardoso, Edimilson de Aguiar Oliveira, Elismar Nogueira, Leila Apª  Antônia B. e Silva, Luciano Costa</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/963/963_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/963/963_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">         &amp;#8220;MODIFICA A REDAÇÃO DO PROJETO DE LEI Nº_x000D_
          765/2015,  EM SEU ART. 9º, PARÁGRAFO SEGUNDOº&amp;#8221;.                                                             _x000D_
    _x000D_
 </t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/</t>
   </si>
   <si>
     <t>ADICIONA A REDAÇÃO DO PROJETO DE LEI Nº 767/2015 O PARÁGRAFO UNICO DO ART. 10</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Marquinhos, Luciano Costa, Marcos Alexandre da Silva (Marcão)</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/965/965_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/965/965_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">             &amp;#8220;MODIFICA A REDAÇÃO DO PROJETO DE LEI Nº_x000D_
          765/2015,  EM SEU ART. 1º&amp;#8221;.                                                             _x000D_
    _x000D_
 </t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
     <t>Luciano Costa</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/447/447_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/447/447_texto_integral.doc</t>
   </si>
   <si>
     <t>AO   ILMº. SR. JORGE EDUARDO, MD. GERENTE DA CEMAT/ENERGISA, SOLICITANDO QUE FAÇA A LIGAÇÃO NAS CHÁCARAS ABAIXO DA CHÁCARA DO SR. WEULER.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/468/468_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/468/468_texto_integral.doc</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/448/448_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/448/448_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE ESPORTES,  SOLICITANDO PROVIDÊNCIAS QUANTO A LIMPEZA DO MINI-ESTÁDIO EDUARDÃO</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/449/449_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/449/449_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS,  SOLICITANDO PROVIDÊNCIAS  QUANTO AS LUMINÁRIAS QUEIMADAS NA AV. UNIVERSITÁRIA.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/450/450_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/450/450_texto_integral.doc</t>
   </si>
   <si>
     <t>A   EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS,  SOLICITANDO PROVIDÊNCIAS  QUANTO A ILUMINAÇÃO NAS PROXIMIDADES DA RESIDÊNCIA DA SRª ROSALINA VICENTE DOS SANTOS, PRÓXIMO AO SINDISEMPA.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
     <t>Marcos Alexandre da Silva (Marcão)</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE ESPORTES,  SOLICITANDO PROVIDÊNCIAS  QUANTO A REFORMA DA  QUADRA DE ESPORTES DA PRAÇA JONAS PINHEIRO.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/452/452_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/452/452_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE SAÚDE,  SOLICITANDO QUE PROVIDENCIE UMA BICICLETA ERGOMÉTRICA NOVA PARA O CENTRO FISIOTERAPIA.</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
     <t>Leila Apª  Antônia B. e Silva</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/453/453_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/453/453_texto_integral.doc</t>
   </si>
   <si>
     <t>A   EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE SAÚDE,  SOLICITANDO QUE PROVIDENCIE A COMPRA DE CADEIRAS PARA O CENTRO DE SAÚDE, LUZIA NOGUEIRA DE MORAES.</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/454/454_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/454/454_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A   EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE SAÚDE,  SOLICITANDO QUE PROVIDENCIE A INSTALAÇÃO DE UM APARELHO DE AR CONDICIONADO NA RECEPÇÃO DO CENTRO DE SAÚDE LUZIA NOGUEIRA DE MORAES._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/455/455_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/455/455_texto_integral.doc</t>
   </si>
   <si>
     <t>A   EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS,  SOLICITANDO QUE PROVIDENCIE O ENCASCALHAMENTO NO FINAL DA  RUA DO SR. JOAQUIM DA MARCENARIA.</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/456/456_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/456/456_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE ESPORTES,  SOLICITANDO EM CARÁTER DE URGÊNCIA A REFORMA DO GINÁSIO ANDRÉ MAGGI, TENDO EM VISTA QUE OS BANHEIROS E VESTIÁRIOS ESTÃO DANIFICADO, BEM COMO, OS BEBEDOUROS, PORTÃO DE ENTRADA E QUE SEJA FEITA A LIMPEZA E PINTURA DA QUADRA.</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
     <t>Elismar Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/457/457_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/457/457_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS,  SOLICITANDO UMA OPERAÇÃO &amp;#8220;TAPA-BURACOS&amp;#8221; E RETIRADA DE ENTULHOS OCASIONADOS PELO TEMPORAL NA RUA IRACI NOGUEIRA DOS SANTOS, ANTIGA BEIRA RIO.</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
     <t>Edimilson de Aguiar Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/458/458_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/458/458_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A CEMAT/ENERGISA,  SOLICITANDO  EXTENSÃO DE REDE ELÉTRICA NA AV. AYRTON SENNA, NA ALTURA DA RESIDÊNCIA DA SRª CRISTINA (FINAL DA RUA).</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/459/459_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/459/459_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS,  SOLICITANDO A LIMPEZA DA &amp;#8220;BOCA DE LOBO&amp;#8221; NA RUA DALVINA DE SOUZA SANTOS, PRÓXIMO AO ANTIGO LATICÍNIO E OPERAÇÃO &amp;#8220;TAPA-BURACOS&amp;#8221;, NO MESMO LOCAL.</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
     <t>Leandro de Carlos Cardoso</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/460/460_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/460/460_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS,  SOLICITANDO A CONCLUSÃO DO MANILHAMENTO DAS RUAS JOSÉ MARIA E AV. UNIVERSITÁRIA.</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/461/461_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/461/461_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO O PATROLAMENTO E ENCASCALHAMENTO NO ASSENTAMENTO BRILHANTE E SOL.</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/462/462_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/462/462_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A LIMPEZA E REFORMA DA PRAÇA JONAS PINHEIRO.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
     <t>Antônia Parreira</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/472/472_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/472/472_texto_integral.doc</t>
   </si>
   <si>
     <t>A   EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, SOLICITANDO ATRAVÉS DA SECRETARIA MUNICIPAL DE OBRAS, UMA OPERAÇÃO &amp;#8220;TAPA-BURACOS&amp;#8221; EM TODAS AS RUAS ONDE HOUVER NECESSIDADE.</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/473/473_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/473/473_texto_integral.doc</t>
   </si>
   <si>
     <t>A   EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, SOLICITANDO ATRAVÉS DA SECRETARIA MUNICIPAL DE OBRAS,  A REVITALIZAÇÃO DA PRAÇA DO JATOBÁ</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/474/474_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/474/474_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, SOLICITANDO ATRAVÉS DA SECRETARIA MUNICIPAL DE OBRAS,  SOLICITANDO PROVIDÊNCIAS PARA O ESCOAMENTO DAS ÁGUAS PLUVIAIS QUE EMPOÇAM NA RUA ARISTIDES GARCIA PENTEADO.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/475/475_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/475/475_texto_integral.doc</t>
   </si>
   <si>
     <t>A   EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, SOLICITANDO ATRAVÉS DA SECRETARIA MUNICIPAL DE OBRAS,  SOLICITANDO PROVIDÊNCIAS PARA O RECOLHIMENTO DE GALHOS E LIXOS DAS CALÇADAS NA RUA DALVINA DE SOUSA SANTOS.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/476/476_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/476/476_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, SOLICITANDO A VIABILIZAÇÃO ATRAVÉS DA SECRETARIA DE ESTADO DE TRANSPORTE DE PAVIMENTAÇÃO URBANA, PARA RECUPERAÇÃO DAS PONTES NAS RODOVIAS ESTADUAIS QUE ESTÃO DENTRO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/477/477_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/477/477_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL,  SOLICITANDO QUE ATRAVÉS DO SETOR COMPETENTE, FAÇA O LEVANTAMENTO DA ZONA URBANA DE NOSSO MUNICÍPIO, COM MATRÍCULAS E MAPAS.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/478/478_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/478/478_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL,  SOLICITANDO QUE ATRAVÉS DO SETOR COMPETENTE, FAÇA  A DOAÇÃO DE TÍTULOS DE PROPRIEDADES DAS RESIDÊNCIAS DA ZONA URBANA QUE NÃO POSSUEM OS TÍTULOS.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/479/479_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/479/479_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMº. SR. PEDRO TAQUES, DD. GOVERNADOR DO ESTADO, COM CÓPIA AO DEP. ESTADUAL ZECA VIANA, SOLICITANDO ESFORÇOS NO SENTIDO DE INSTALAR EM NOSSO MUNICÍPIO, UMA BASE COMUNITÁRIA DE SEGURANÇA.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/480/480_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/480/480_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMº. SR. PEDRO TAQUES, DD. GOVERNADOR DO ESTADO, COM CÓPIA AO DEP. ESTADUAL ZECA VIANA, SOLICITANDO A DOAÇÃO DE ÓLEO DIESEL PARA MANUTENÇÃO DAS ESTRADAS DA ZONA RURAL.</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/481/481_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/481/481_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A   EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A PINTURA DAS FAIXAS DE PEDESTRES, EM FRENTE AS ESCOLAS, A ANTIGA PREFEITURA E ABAIXO DA ROTATÓRIA DA AVENIDA UNIVERSITÁRIA NAS PROXIMIDADES DA PADARIA, BEM COMO, A COLOCAÇÃO DE SINALIZAÇÃO COM PLACAS DE ADVERTÊNCIA. </t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/482/482_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/482/482_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A CEMAT/ENERGISA, SOLICITANDO A COLOCAÇÃO DE POSTES DE ENERGIA NA AV. AYRTON SENNA DA SILVA. </t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/483/483_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/483/483_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS,  SOLICITANDO O TÉRMINO DA ILUMINAÇÃO PÚBLICA NA RUA JOAQUIM CORREA.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/484/484_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/484/484_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS,  SOLICITANDO O ENCASCALHAMENTO DE PARTE DA RUA JOAQUIM CORREA._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/485/485_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/485/485_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS,  SOLICITANDO O ESCOAMENTO DE ÁGUAS PLUVIAIS NA AVENIDA ESMERALDA SOUSA LOPES.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/486/486_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/486/486_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A LIMPEZA DO CALÇADÃO DA AV. UNIVERSITÁRIA E DO CALÇADÃO DA AVENIDA BRASIL.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/487/487_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/487/487_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO REDUTOR DE VELOCIDADE NA RUA PROJETADA COM RUA PERSIA NO BAIRRO MARIA JOAQUINA.</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/497/497_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/497/497_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A RECUPERAÇÃO DA ESTRADA QUE DÁ ACESSO A FAZENDA DO SR. GUIRRA, VIZINHO DO SR. CANDIDO TELES, À MARGEM ESQUERDA DA RODOVIA MT-100.</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/498/498_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/498/498_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE SAÚDE, SOLICITANDO A COMPRA DE MATERIAL PARA AS UNIDADES DE SAÚDE DA FAMÍLIA, PARA EXAMINAR A GARGANTA DAS CRIANÇAS (LARINGOSCÓPIO). </t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/499/499_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/499/499_texto_integral.doc</t>
   </si>
   <si>
     <t>A   EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL,  SOLICITANDO QUE ATRAVÉS DO SETOR COMPETENTE, PROVIDENCIE UM LOCAL PARA A CONSTRUÇÃO DO PONTO DEFINITIVO DOS MOTOTAXISTAS.</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/500/500_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/500/500_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMº. SR. PEDRO TAQUES, DD. GOVERNADOR DO ESTADO, A DOAÇÃO DE MIL MANILHAS PARA O ESCOAMENTO DE ÁGUAS PLUVIAIS DOS PONTOS CRÍTICOS DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
     <t>VICENTE FERREIRA</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/501/501_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/501/501_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE SAÚDE, NO SENTIDO DE FAZER UMA VISITA DO LOTE 1 QUADRA 19, NO SETOR ARAGUAIA CENTER NA RUA FÉLIX PEREIRA VALOIS, PARA VERIFICAR A LIMPEZA E HIGIENE NO GUARDA-BARCOS.</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/502/502_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/502/502_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, QUE TOME AS PROVIDÊNCIAS NO SENTIDO DE COLOCAR UM REDUTOR DE VELOCIDADE NA RUA GRÉCIA ESQUINA COM RUA PROJETADA.</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/503/503_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/503/503_texto_integral.doc</t>
   </si>
   <si>
     <t>A   EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, PARA QUE TOME AS PROVIDÊNCIAS NO SENTIDO DE TROCAR LUMINÁRIA QUEIMADA NA AVENIDA UNIVERSITÁRIA EM FRENTE A CASA DO PR. WALTER DOURADO.</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/504/504_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/504/504_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS E OUTROS ÓRGÃO COMPETENTES,  SOLICITANDO PROVIDÊNCIAS NO SENTIDO DE FECHAR A ROTATÓRIA, LOCALIZADA NA AV. UNIVERSITÁRIA NAS PROXIMIDADES DA ANTIGA PREFEITURA MUNICIPAL,  COM BLOCOS, VISTO QUE OS CARROS ESTÃO ADENTRANDO NA CONTRAMÃO, PODENDO PROVOCAR ACIDENTES GRAVÍSSIMOS.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/505/505_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/505/505_texto_integral.doc</t>
   </si>
   <si>
     <t>A   EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, NO SENTIDO DE FAZER A LIMPEZA DA ÁREA PRÓXIMA A CRECHE MUNICIPAL ISAIAS PEREIRA DOS SANTOS.</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/506/506_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/506/506_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS,  SOLICITANDO A TROCA DE LUMINÁRIAS QUEIMADAS NA AV. UNIVERSITÁRIA E NA RUA FLORÊNCIO MARQUES DOS REIS.</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/507/507_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/507/507_texto_integral.doc</t>
   </si>
   <si>
     <t>A   EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS,  SOLICITANDO A COLOCAÇÃO DE UM REDUTOR DE VELOCIDADE NA AV. BRASIL, NO BAIRRO MORADA DO SOL.</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/508/508_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/508/508_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL,  SOLICITANDO A CONSECUÇÃO DE RECURSOS PARA A AQUISIÇÃO DE UM CAMINHÃO COM CESTO AÉREO HIDRÁULICO PARA DAR AGILIDADE AOS TRABALHOS DE MANUTENÇÃO DA REDE DE ILUMINAÇÃO PÚBLICA. </t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/509/509_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/509/509_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL,  SOLICITANDO A AQUISIÇÃO DE UM CAMINHÃO ESPECÍFICO PARA O RECOLHIMENTO DE LIXO DOMÉSTICO. </t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/510/510_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/510/510_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL,  SOLICITANDO A MELHORIA NA FEIRA COBERTA, ONDE É REALIZADA A FEIRA DO PRODUTOR RURAL TODAS AS TERÇAS-FEIRAS, TAIS COMO: BANHEIROS, PINTURAS E LIMPEZA EM GERAL. </t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/511/511_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/511/511_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, SOLICITANDO A DOAÇÃO DE UM MICRO-ÔNIBUS QUE ESTÁ NO PÁTIO DA SECRETARIA DE OBRAS EM SITUAÇÃO DE DESUSO PARA A ASSOCIAÇÃO AMIGO DOS ANIMAIS/BRIGADA DE INCÊNDIO.    </t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/512/512_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/512/512_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A LIMPEZA DO ENTORNO E TAMBÉM DO CANTEIRO CENTRAL DO CALÇADÃO SENTIDO UNIVERSIDADE FEDERAL DE MATO GROSSO.    </t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/516/516_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/516/516_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, PROVIDENCIE UM REDUTOR DE VELOCIDADE, NA AVENIDA ESMERALDA SOUZA LOPES, NAS PROXIMIDADES DO &amp;#8220;BAR DO CHICO&amp;#8221;.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/517/517_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/517/517_texto_integral.doc</t>
   </si>
   <si>
     <t>A   EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO UMA OPERAÇÃO &amp;#8220;TAPA-BURACOS&amp;#8221;, NA AV. AYRTON SENNA.</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/518/518_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/518/518_texto_integral.doc</t>
   </si>
   <si>
     <t>A   EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A LIMPEZA DA ÁREA DA ROTATÓRIA ENTRE A AV. SEBASTIANA OLIVEIRA DE SOUZA (B) E AV. AYRTON SENNA.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/519/519_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/519/519_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS,  SOLICITANDO A COLOCAÇÃO DE UM REDUTOR DE VELOCIDADE NA AV. DANTE MARTINS DE OLIVEIRA, PRÓXIMO A OFICINA DO SR. MESSIAS.</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/520/520_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/520/520_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL,  COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A REPOSIÇÃO DE LUMINÁRIAS QUEIMADAS NA AV. UNIVERSITÁRIA COM URGÊNCIA. </t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/521/521_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/521/521_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA AO SAE,   SOLICITANDO  A AMPLIAÇÃO DO TRATAMENTO DE ÁGUA.</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/522/522_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/522/522_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA AO SAE, SOLICITANDO A RETIRADA DE ENTULHOS NA CALÇADA EM FRENTE O PRÉDIO DA ANTIGA ESCOLA SÃO MIGUEL.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/523/523_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/523/523_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, SOLICITANDO O CUMPRIMENTO DAS LEIS MUNICIPAIS Nº 688/2013 (LIMPEZA DE TERRENOS BALDIOS) E Nº 141/1996 (CÓDIGO SANITÁRIO MUNICIPAL).</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/524/524_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/524/524_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS,  SOLICITANDO O TÉRMINO DO ASFALTO NA RUA ACELINO SOUSA MOURA (ANTIGA PIONEIROS), NO BAIRRO ARAGUAIA CENTER E AINDA, REPOSIÇÃO DAS LUMINÁRIAS QUEIMADAS._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/525/525_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/525/525_texto_integral.doc</t>
   </si>
   <si>
     <t>A   EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS,  SOLICITANDO O TÉRMINO DO ASFALTO NA RUA ACELINO SOUSA MOURA (ANTIGA PIONEIROS), NO BAIRRO ARAGUAIA CENTER E AINDA, REPOSIÇÃO DAS LUMINÁRIAS QUEIMADAS.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/526/526_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/526/526_texto_integral.doc</t>
   </si>
   <si>
     <t>ILMº. SR. DR. MAURO ZAQUE DE JESUS, MD. SECRETÁRIO ESTADUAL DE SEGURANÇA PÚBLICA, SOLICITANDO A INCLUSÃO DO MUNICÍPIO, NO PROJETO  REDE CIDADÃ.</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/527/527_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/527/527_texto_integral.doc</t>
   </si>
   <si>
     <t>A CEMAT/ENERGISA, SOLICITANDO QUE SE FAÇA AS LIGAÇÕES QUE NÃO FORAM FEITAS PELO PROGRAMA LUZ PARA TODOS, DO GOVERNO FEDERAL.</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
     <t xml:space="preserve">A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, FAÇA A RETIRADA DE ENTULHOS DAS CALÇADAS ONDE HOUVER NECESSIDADE._x000D_
  _x000D_
 </t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/537/537_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/537/537_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A LIMPEZA DE MATO NA RUA IRACI NOGUEIRA DA SILVA._x000D_
  _x000D_
 </t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO UMA OPERAÇÃO &amp;#8220;TAPA-BURACOS&amp;#8221;, NAS VIAS PÚBLICAS: DALVINA DE SOUSA SANTOS, JOAQUIM CORREA E AV. UNIVERSITÁRIA.</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/539/539_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/539/539_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, SOLICITANDO A ADEQUAÇÃO DOS SALÁRIOS DOS AGENTES DE SAÚDE, COM AUMENTO DE 12% (DOZE POR CENTO) CONCEDIDO AOS DEMAIS SERVIDORES PÚBLICOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/540/540_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/540/540_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO O RECAPEAMENTO DA AV. UNIVERSITÁRIA.   </t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/541/541_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/541/541_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A REFORMA DA PONTE NA ESTRADA QUE DÁ ACESSO A PRAIA DA ARARA.   </t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/544/544_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/544/544_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRA E SECRETARIA MUNICIPAL DE SAÚDE, NO SENTIDO DE FAZER UM MUTIRÃO DE LIMPEZA EM NOSSO MUNICÍPIO E QUE SEJA DIVULGADO PARA CONHECIMENTO DA POPULAÇÃO, BEM COMO, FAZER DOAÇÃO DE SACOS DE LIXO. </t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/545/545_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/545/545_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A TROCA DE LUMINÁRIAS NA RUA ACELINO SOUSA MOURA (ANTIGA PIONEIROS).</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/546/546_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/546/546_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO O ENCASCALHAMENTO DAS RUAS SEM ASFALTO DO BAIRRO ARAGUAIA CENTER._x000D_
  _x000D_
 </t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/547/547_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/547/547_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO UMA OPERAÇÃO &amp;#8220;TAPA-BURACOS&amp;#8221;, NA RUA CUSTÓDIO SOUSA PINTO.</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/548/548_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/548/548_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A LIMPEZA NOS BUEIROS DAS SEGUINTES VIAS PÚBLICAS: CUSTÓDIO SOUZA PINTO E JARBAS GAMA ARAÚJO, BEM COMO, A LIBERAÇÃO DA BOCA DA MANILHA NA RUA JARBAS GAMA ARAUJO.</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/549/549_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/549/549_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, NO SENTIDO DE CONTRATAR UM (A) PSICÓLOGO (A) PARA ATENDIMENTO ÀS PESSOAS DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/550/550_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/550/550_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS,  SOLICITANDO A TROCA DE LUMINÁRIAS QUEIMADAS NO BAIRRO MURILÃO.</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/553/553_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/553/553_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO EM CARÁTER DE URGÊNCIA, UMA OPERAÇÃO NO SENTIDO DE CONTER A EROSÃO EXISTENTE NO FINAL DA AV. AYRTON SENNA. </t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/555/555_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/555/555_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">EXMª. SRª. DIVINA ODA, PREFEITA MUNICIPAL, SOLICITANDO QUE ATRAVÉS DO SETOR COMPETENTE, PROVIDENCIE A LIMPEZA DO CALÇADÃO E TROCA DE LUMINÁRIAS QUEIMADAS NA AV. UNIVERSITÁRIA, SENTIDO UNIVERSIDADE FEDERAL DE MATO GROSSO._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/556/556_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/556/556_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMº. SR. NININHO BORTOLONI, DEPUTADO ESTADUAL, PARA SOLICITANDO A VIABILIZAÇÃO DE UMA AMBULÂNCIA PARA NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/557/557_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/557/557_texto_integral.doc</t>
   </si>
   <si>
     <t>CHEFE DO IBAMA DE BARRA DO GARÇAS-MT, ILMº. SR. LEANDRO NOGUEIRA, SOLICITANDO A DOAÇÃO DE MADEIRAS APREENDIDAS PARA O MUNICÍPIO.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/558/558_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/558/558_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">ILMº. SR. MARCELO DUARTE, SECRETÁRIO DE INFRAESTRUTURA E LOGÍSTICA DO ESTADO DE MATO GROSSO, COM CÓPIA AO EXMº. SR. ZECA VIANA, DEPUTADO ESTADUAL, SOLICITANDO  A VIABILIZAÇÃO DE RECURSOS PARA RECONSTRUÇÃO DE DUAS PONTES, SOBRE OS CÓRREGOS CAPIVARA E JAURU, RESPECTIVAMENTE._x000D_
                                                             _x000D_
 </t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/559/559_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/559/559_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A LIMPEZA DOS QUATROS CANTOS NAS CONFLUÊNCIAS DAS AVENIDAS B E AYRTON SENNA._x000D_
  _x000D_
 </t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/560/560_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/560/560_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A LIMPEZA DOS CANTEIROS CENTRAIS DAS AVENIDAS DANTE MARTINS DE OLIVEIRA, BRUNO PEREIRA VALOIS E AV. B.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/562/562_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/562/562_texto_integral.doc</t>
   </si>
   <si>
     <t>A   CEMAT/ENERGISA,  SOLICITANDO A COLOCAÇÃO DE POSTES DE ENERGIA ELÉTRICA NO FINAL DA RUA JARBAS GAMA ARAUJO, NAS PROXIMIDADES DA CHÁCARA DA SRª ROSALINA VICENTE DOS SANTOS, ATÉ O CLUBE DO SINDISSEMPA.</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/563/563_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/563/563_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE SAÚDE, NO SENTIDO QUE TOME AS PROVIDÊNCIAS NECESSÁRIAS, VISANDO A LIMPEZA DO LOTE DO SR. GERSON, SITUADO NA AV. UNIVERSITÁRIA , AO LADO DA LOJA CENTRAL CONEXÕES.</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/564/564_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/564/564_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">EXMº. SR. DILMAR DAL BOSCO, DEPUTADO ESTADUAL, SOLICITANDO UM CAMINHÃO COLETOR DE LIXO PARA O MUNICÍPIO DE PONTAL DO ARAGUAIA. </t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/565/565_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/565/565_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMº. SR. DILMAR DAL BOSCO, DEPUTADO ESTADUAL, SOLICITANDO UMA ACADEMIA AO AR LIVRE PARA O BAIRRO MORADA DO SOL.</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/566/566_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/566/566_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMº. SR. DILMAR DAL BOSCO, DEPUTADO ESTADUAL, SOLICITANDO VERBA PARA A ILUMINAÇÃO E COLOCAÇÃO DE ALAMBRADO PARA O MINI-ESTÁDIO EDUARDÃO NO BAIRRO MURILÃO.</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/567/567_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/567/567_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS,  SOLICITANDO O PATROLAMENTO DA ESTRADA QUE DÁ ACESSO AO ASSENTAMENTO AGROVILA DA ARARA.</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/568/568_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/568/568_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A LIMPEZA DO CANTEIRO CENTRAL E CALÇADAS PARA A RETIRADA DE GALHOS E ENTULHOS NA AV. B E AVENIDA ESMERALDA DE SOUZA LOPES.</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/569/569_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/569/569_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A LIMPEZA DO LOCAL ONDE ENCONTRA-SE A PLACA DE SINALIZAÇÃO PARE, NA RUA AUGUSTINHO FRANCISCO DA SILVA._x000D_
  _x000D_
 </t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/570/570_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/570/570_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SETOR COMPETENTE, SOLICITANDO A ELABORAÇÃO DE PROJETO DE LEI PARA DESCONTO NO PAGAMENTO DO IMPOSTO PREDIAL E TERRITORIAL URBANO._x000D_
  _x000D_
 </t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/579/579_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/579/579_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, SOLICITANDO QUE ATRAVÉS DA SECRETARIA MUNICIPAL DE OBRAS, PROVIDENCIE A TROCA DE LUMINÁRIAS NA RUA FLORÊNCIO MARQUES DOS REIS.</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/580/580_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/580/580_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A    SECRETARIA MUNICIPAL DE OBRAS,  SOLICITANDO A ILUMINAÇÃO NO FINAL DA RUA JOAQUIM CORREA. </t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/582/582_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/582/582_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, PREFEITA MUNICIPAL,  COM CÓPIA A SECRETARIA MUNICIPAL DE EDUCAÇÃO, SOLICITANDO A COLOCAÇÃO DE UMA GRADE PROTETORA NA QUADRA DA ESCOLA MUNICIPAL SÃO JORGE.</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/583/583_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/583/583_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, PREFEITA MUNICIPAL,  COM CÓPIA A SECRETARIA MUNICIPAL DE EDUCAÇÃO, SOLICITANDO A COMPRA DE BOLAS DE VOLEY, BASQUETE PARA SEREM USADAS NAS AULAS DE EDUCAÇÃO FÍSICA NA ESCOLA MUNICIPAL SÃO JORGE.</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/584/584_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/584/584_texto_integral.doc</t>
   </si>
   <si>
     <t>A   EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE SAÚDE, NO SENTIDO QUE TOME AS PROVIDÊNCIAS NECESSÁRIAS, VISANDO FAZER UMA VISTORIA NA OFICINA ABAIXO DA ANTIGA PREFEITURA MUNICIPAL.</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/585/585_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/585/585_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, NO SENTIDO DE PROMOVER PARCERIAS COM INSTITUIÇÕES SOCIAIS QUE PROMOVAM ATENDIMENTO CLÍNICO, PALESTRAS E INFORMAÇÕES DE COMBATE A DEPRESSÃO E A SÍNDROME DO PÂNICO.</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/586/586_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/586/586_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A TROCA DE LUMINÁRIAS (QUEIMADAS) NA EXTENSÃO DA AVENIDA UNIVERSITÁRIA.</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/587/587_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/587/587_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, SOLICITANDO QUE BUSQUE IMPLANTAÇÃO DE EMPRESAS COM A FINALIDADE DE VIABILIZAR VAGAS DE TRABALHO EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/588/588_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/588/588_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SETOR COMPETENTE, SOLICITANDO A COLOCAÇÃO DE MANILHAS NO FINAL DA RUA ESMERALDA SOUZA LOPES E NA AV. AYRTON SENNA.</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/589/589_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/589/589_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SETOR COMPETENTE, SOLICITANDO UMA OPERAÇÃO &amp;#8220;TAPA-BURACOS&amp;#8221; EMERGENCIAL NAS SEGUINTES VIAS PÚBLICAS: JOAQUIM CORREA, DALVINA SOUSA SANTOS E JOSÉ JORGE DE ALMEIDA.</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/596/596_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/596/596_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, SOLICITANDO QUE ATRAVÉS DA SECRETARIA MUNICIPAL DE OBRAS, PROVIDENCIE A RECUPERAÇÃO DAS ESTRADAS VICINAIS DA ZONA RURAL DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/597/597_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/597/597_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A    SECRETARIA MUNICIPAL DE OBRAS,  SOLICITANDO A LIMPEZA DA AV. BRASIL, PRÓXIMO A RESIDÊNCIA DA SRª. DEUSIMEIRE, NO BAIRRO MORADA DO SOL. </t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/598/598_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/598/598_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A    SECRETARIA MUNICIPAL DE OBRAS,  SOLICITANDO A LIMPEZA NA RUA ADENIS GOMES DA SILVA, PRÓXIMO A RESIDÊNCIA DA SRª. JARDELINA NO BAIRRO JARDIM ARAGUAIA II. </t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/599/599_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/599/599_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE SAÚDE, SOLICITANDO QUE DISPONIBILIZE UMA MÁQUINA PARA TIRAR FOTOCÓPIAS NO CENTRO DE REGULAÇÃO, AFIM DE TIRAR AS FOTOCÓPIAS NECESSÁRIAS PARA AGENDAR EXAMES, CONSULTA, ADQUIRIR PASSAGENS, ETC.</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/600/600_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/600/600_texto_integral.doc</t>
   </si>
   <si>
     <t>A SECRETARIA DE ESTADO DE SEGURANÇA PÚBLICA, SOLICITANDO A COLOCAÇÃO DE CÂMERAS DE MONITORAMENTO NA AV. UNIVERSITÁRIA.</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
     <t>Luciano Costa, Antônia Parreira, Marcos Alexandre da Silva (Marcão), VICENTE FERREIRA</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/611/611_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/611/611_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AO  EXMº. SR. BLAIRO MAGGI, DD. SENADOR DA REPÚBLICA, SOLICITANDO UMA EMENDA PARLAMENTAR PARA O NOSSO MUNICÍPIO NO VALOR DE R$ 500.000,00 (QUINHENTOS MIL REAIS), PARA O ASFALTAMENTO DO BAIRRO ARAGUAIA CENTER._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/602/602_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/602/602_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SETOR COMPETENTE, SOLICITANDO A REGULARIZAÇÃO DAS PLACAS INDICATIVAS DOS BAIRROS DA CIDADE, COM NOME DE RUAS E NÚMERO DE RESIDÊNCIAS.</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/603/603_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/603/603_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMº. SR. JOSÉ MEDEIROS, DD. SENADOR DA REPÚBLICA PELO PPS, SOLICITANDO EMENDA PARLAMENTAR PARA AMPLIAÇÃO DA ESTAÇÃO DE TRATAMENTO DE ÁGUA DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/604/604_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/604/604_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, SOLICITANDO PROVIDÊNCIAS PARA A ILUMINAÇÃO PÚBLICA NA AV. AYRTON SENNA, COM ÊNFASE NA ROTATÓRIA NAS PROXIMIDADES DA RESIDÊNCIA Nº 7, NO SETOR JOÃO ROCHA.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/605/605_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/605/605_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS,  SOLICITANDO A REVITALIZAÇÃO DA PRAÇA DO JATOBÁ.</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/606/606_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/606/606_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO O PATROLAMENTO E ENCASCALHAMENTO  DAS ESTRADAS DOS ASSENTAMENTOS APROSOL, BRILHANTE E ARARA.</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/607/607_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/607/607_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, QUE ATENDA A CLASSE DOS MOTOTAXISTAS, PROVIDENCIANDO UM LOCAL PARA A CONSTRUÇÃO DO PONTO DEFINITIVO.</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/615/615_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/615/615_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, PREFEITA MUNICIPAL,  COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, PARA QUE PROVIDENCIE EM CARÁTER DE URGÊNCIA, O PATROLAMENTO E O ENCASCALHAMENTO DA ESTRADA QUE DÁ ACESSO A REGIÃO DA ATOLADEIRA.</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/616/616_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/616/616_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, PREFEITA MUNICIPAL,  COM CÓPIA A COORDENADORIA DE ESPORTES, PARA QUE PROVIDENCIE EM CARÁTER DE URGÊNCIA, A  AQUISIÇÃO DE UM BEBEDOURO PARA O GINÁSIO DE ESPORTES &amp;#8220;ANDRÉ MAGGI&amp;#8221;, BEM COMO PROVIDENCIE A LIMPEZA E A MANUTENÇÃO DOS SANITÁRIOS DO REFERIDO GINÁSIO.</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/617/617_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/617/617_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, PREFEITA MUNICIPAL,  COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS E EM PARCERIA COM A ENERGISA,  PARA QUE PROVIDENCIE EM CARÁTER DE URGÊNCIA, A  COLOCAÇÃO DE REDE ELÉTRICA NA AVENIDA AYRTON SENNA.</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/618/618_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/618/618_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A    SECRETARIA MUNICIPAL DE OBRAS,  SOLICITANDO REPAROS E AMPLIAÇÃO DA PONTE SENTIDO AO CLUBE DO SINDISSEMPA, BEM COMO A SINALIZAÇÃO DA REFERIDA PONTE</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/619/619_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/619/619_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A    SECRETARIA MUNICIPAL DE OBRAS,  SOLICITANDO O PATROLAMENTO E MANUTENÇÃO DA ESTRADA QUE DÁ ACESSO AO CLUBE DO SINDISSEMPA.</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/620/620_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/620/620_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO QUE PROVIDENCIE ILUMINAÇÃO NA ÚLTIMA CHÁCARA DA AGROVILA ARARA E NA RUA CUSTÓDIO SOUZA PINTO._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/621/621_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/621/621_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, QUE INTERCEDA JUNTO A SECRETARIA ESTADUAL DA PESCA, SOLICITANDO A DOAÇÃO PARA O MUNICÍPIO DE UMA RETROESCAVADEIRA.</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
     <t>Antônia Parreira, Luciano Costa, Marcos Alexandre da Silva (Marcão), VICENTE FERREIRA</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/622/622_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/622/622_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA AO SETOR COMPETENTE, SOLICITANDO O MANILHAMENTO NA AV. AYRTON SENNA E ORLANDO BERTIPALHA.</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE SAÚDE, QUE APÓS A AMPLIAÇÃO O CENTRO DE SAÚDE LUZIA NOGUEIRA DE MORAES, PASSE A FUNCIONAR TAMBÉM NO HORÁRIO NOTURNO.</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/624/624_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/624/624_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA AO SETOR COMPETENTE, A REVISÃO E ATUALIZAÇÃO DOS NOMES DAS RUAS NOS POSTES DE ILUMINAÇÃO ELÉTRICA.</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/625/625_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/625/625_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA AO SETOR COMPETENTE, SOLICITANDO PARCERIAS COM O MINISTÉRIO PÚBLICO DO MEIO AMBIENTE A FIM DE EXECUTAR PROJETOS DE RECUPERAÇÃO DE ÁREAS DEGRADADAS NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/636/636_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/636/636_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A    SECRETARIA MUNICIPAL DE OBRAS,  SOLICITANDO QUE FAÇA REVISÃO NA ILUMINAÇÃO PÚBLICA EM TODA A CIDADE</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/637/637_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/637/637_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA  A SECRETARIA MUNICIPAL DE AÇÃO SOCIAL, PROVIDENCIE O ÔNIBUS PARA ESTAR BUSCANDO OS IDOSOS NO ANTIGO POSTO FISCAL, NO DIA DO BAILE DA TERCEIRA IDADE.</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/638/638_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/638/638_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, SOLICITANDO A COLOCAÇÃO DE LOMBADAS NAS VIAS PÚBLICAS: AV. BRASIL, NO BAIRRO MARIA JOAQUINA II E RUA DALVINA DE SOUSA SANTOS, NAS PROXIMIDADES DA RESIDÊNCIA DA SRª ERNESTINA.</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/639/639_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/639/639_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, UMA OPERAÇÃO &amp;#8220;TAPA-BURACOS&amp;#8221;, NA RUA JOSÉ MARIA EM FRENTE AO ANTIGO CAMPO DO LAGOÃO.</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/640/640_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/640/640_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A ARBORIZAÇÃO DO CANTEIRO CENTRAL DA AVENIDA UNIVERSITÁRIA, SENTIDO UNIVERSIDADE FEDERAL DE MATO GROSSO.</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/641/641_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/641/641_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A RECUPERAÇÃO E ENCASCALHAMENTO DA RUA QUE DÁ ACESSO A PRAIA DO SERNE.</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/642/642_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/642/642_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, PREFEITA MUNICIPAL,  COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO UMA OPERAÇÃO &amp;#8220;TAPA-BURACOS&amp;#8221;, NA RUA DALVINA DE SOUZA SANTOS.</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/643/643_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/643/643_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA AO SETOR COMPETENTE, SOLICITANDO QUE O EXECUTIVO ALUGUE UMA MÁQUINA PC GRANDE (RETROESCAVADEIRA) PARA FAZER A REPRESA PARA O CRIADOURO DE PEIXES NOS ASSENTAMENTOS E PARA OS PEQUENOS PRODUTORES.</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/644/644_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/644/644_texto_integral.doc</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/645/645_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/645/645_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A TROCA DE LÂMPADAS QUEIMADAS NA RUA BENJAMIM CORREA NO BAIRRO ARAGUAIA CENTER.</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/646/646_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/646/646_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A AQUISIÇÃO DE UNIFORMES PARA OS SERVIDORES DA SECRETARIA DE OBRAS.</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/647/647_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/647/647_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE SAÚDE, QUE FORNEÇA CAFÉ DA MANHÃ COMPLETO ( CAFÉ, CHÁ, PÃO, ETC) NAS UNIDADES DE SAÚDE DA FAMÍLIA E NO CENTRO DE SAÚDE, AOS USUÁRIOS DO PERÍODO MATUTINO.</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/648/648_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/648/648_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A COLOCAÇÃO DO RESTANTE DAS LUMINÁRIAS NA RUA BELGICA.</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/649/649_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/649/649_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE EDUCAÇÃO, SOLICITANDO  A INSERÇÃO DE AULA REGULAR DE MÚSICA, TEATRO, CORAL E OUTRAS, NA ESCOLA MUNICIPAL SÃO JORGE.</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/650/650_texto_integral.pdf</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/650/650_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL,  SOLICITANDO  QUE INTERCEDA JUNTO AO SETOR COMPETENTE, PARA A COLOCAÇÃO EM ALGUNS SETORES OU ÓRGÃO DA PREFEITURA MUNICIPAL, DE CAIXAS ELETRÔNICOS: BRADESCO, BRASIL,  CAIXA ECONÔMICA FEDERAL, ETC.</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/651/651_texto_integral.pdf</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/651/651_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, PREFEITA MUNICIPAL,  COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO O PATROLAMENTO E ENCASCALHAMENTO DA ESTRADA QUE DÁ ACESSO A AGROVILA DA ARARA.</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/652/652_texto_integral.pdf</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/652/652_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A    SECRETARIA RESPONSÁVEL,  SOLICITANDO  A RETIRADA DA PLACA DE SINALIZAÇÃO QUE FOI COLOCADA EQUIVOCADAMENTE, E ESTÁ AO LADO DO SEMÁFORO  NO ANTIGO POSTO FISCAL.</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/653/653_texto_integral.pdf</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/653/653_texto_integral.pdf</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A    SECRETARIA MUNICIPAL DE SAÚDE,  SOLICITANDO  A CONTRATAÇÃO DE UM GUARDA PARA AS UNIDADES DE SAÚDE DA FAMÍLIA.</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/654/654_texto_integral.pdf</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/654/654_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE SAÚDE, SOLICITANDO A REFORMA DOS APARELHOS DO CENTRO DE FISIOTERAPIA.</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/655/655_texto_integral.pdf</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/655/655_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SEDRAF &amp;#8211; SECRETARIA DE DESENVOLVIMENTO RURAL E AGRICULTURA FAMILIAR, SOLICITANDO QUE SEJA VIABILIZADO RECURSOS PARA AMPLIAÇÃO, REFORMA E MODERNIZAÇÃO DA FEIRA DO PRODUTOR RURAL.</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/656/656_texto_integral.pdf</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/656/656_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA AO SUPERINTENDENTE DA SUDECO CLEBER ÁVILA FERREIRA, SOLICITANDO PARCERIA NO SENTIDO DE VIABILIZAR CONVÊNIO DE HORAS DE MÁQUINA RETROESCAVADEIRA COM A FINALIDADE DE ATENDER OS PEQUENOS PRODUTORES RURAIS NA CONSTRUÇÃO DE REPRESA.</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/657/657_texto_integral.pdf</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/657/657_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA AO SETOR COMPETENTE, QUE SEJA FEITO MUTIRÃO  PARA COLOCAÇÃO DE CASCALHOS NAS RESIDÊNCIAS DOS MORADORES QUE PRECISAREM.</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
     <t>988</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/658/658_texto_integral.pdf</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/658/658_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA AO SETOR COMPETENTE, SOLICITANDO A CONSTRUÇÃO DE UM NOVO CEMITÉRIO._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
     <t>989</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/659/659_texto_integral.pdf</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/659/659_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL,  SOLICITANDO A INFORMATIZAÇÃO DA SECRETARIA MUNICIPAL DE SAÚDE. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/662/662_texto_integral.pdf</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/662/662_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE SAÚDE, SOLICITANDO A CONTRATAÇÃO DE MÉDICO PEDIATRA, VISTO QUE A DRª TEREZINHA QUE ATENDIA PELO MUNICÍPIO, PEDIU AFASTAMENTO POR UM ANO.</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
     <t>991</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/663/663_texto_integral.pdf</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/663/663_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXMº. SR. MAX RUSSI, DD. DEPUTADO ESTADUAL PELO PSB, SOLICITANDO QUE DESTINE EMENDA PARLAMENTAR PARA A INSTALAÇÃO DE UMA ACADEMIA AO AR LIVRE NO BAIRRO MORADA DO SOL EM FRENTE AO GINÁSIO DE ESPORTES.</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/664/664_texto_integral.pdf</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/664/664_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL,   PARA QUE ESTUDE A VIABILIDADE DE PROCEDER ESTUDOS JUNTO AO SETOR COMPETENTE NO SENTIDO DE EFETUAR UMA REFORMA GERAL NO CEMITÉRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
     <t>993</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/665/665_texto_integral.pdf</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/665/665_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO RECUPERAÇÃO DAS ESTRADAS QUE DÁ ACESSO AS PROPRIEDADES DOS SRS. ZEZINHO LEITEIRO, TIÃO DA SORVETERIA, NORTIÊ E MARQUINHOS.</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/666/666_texto_integral.pdf</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/666/666_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA AO SETOR COMPETENTE, SOLICITANDO OPERAÇÃO &amp;#8220;TAPA-BURACOS&amp;#8221; NAS RUAS E AVENIDAS DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/667/667_texto_integral.pdf</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/667/667_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA AO SETOR COMPETENTE, SOLICITANDO SINALIZAÇÃO DE TRÂNSITO EM TODAS AS VIAS PÚBLICAS  DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/668/668_texto_integral.pdf</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/668/668_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA AO SETOR COMPETENTE, SOLICITANDO PROVIDÊNCIAS PARA O ESCOAMENTO DAS ÁGUAS PLUVIAIS QUE EMPOÇAM NA RUA ARISTIDES GARCIA PENTEADO E RETIRADA DE AREIA NA REFERIDA VIA PÚBLICA.</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/669/669_texto_integral.pdf</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/669/669_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA AO SETOR COMPETENTE, SOLICITANDO A LIMPEZA NAS AVENIDAS, RUAS, CANTEIROS E PRAÇAS DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/670/670_texto_integral.pdf</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/670/670_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, SOLICITANDO O CUMPRIMENTO DAS LEIS MUNICIPAIS Nº 688/2013 (LIMPEZA DE TERRENOS BALDIOS) E Nº 141/1996 (CÓDIGO SANITÁRIO MUNICIPAL).</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/674/674_texto_integral.pdf</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/674/674_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL,  NO SENTIDO DE INCENTIVAR A CONSTRUÇÃO DE POLICLÍNICAS ESPECIALIZADAS E LABORATÓRIOS</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/679/679_texto_integral.pdf</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/679/679_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL,  NO SENTIDO DE SOLICITAR MELHORIAS NO ESTÁDIO EDUARDÃO, TAIS COMO: CONSTRUÇÃO DE ARQUIBANCADAS, ILUMINAÇÃO, ETC.</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/680/680_texto_integral.pdf</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/680/680_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL,  NO SENTIDO DE ATRAVÉS DA SECRETARIA COMPETENTE, FAZER CAMPANHAS DE CONSCIENTIZAÇÃO QUANTO AO NÃO ACÚMULO DE LIXO E ATEAMENTO DE FOGO.</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/681/681_texto_integral.pdf</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/681/681_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A    SECRETARIA COMPETENTE,   SOLICITANDO UMA PINTURA E IDENTIFICAÇÃO DO POSTO POLICIAL EM NOSSO MUNICÍPIO._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/682/682_texto_integral.pdf</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/682/682_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A    SECRETARIA MUNICIPAL DE OBRAS,   SOLICITANDO QUE PROVIDENCIE A SINALIZAÇÃO DE FAIXAS  DE PEDESTRES E FAIXAS DE RETENÇÃO PRÓXIMO AO SEMÁFORO NO ANTIGO POSTO FISCAL. </t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/683/683_texto_integral.pdf</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/683/683_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA  A SECRETARIA MUNICIPAL DE AGRICULTURA, PARA QUE INTERCEDA JUNTO A SEDRAF &amp;#8211; SECRETARIA DE DESENVOLVIMENTO RURAL E AGRICULTURA FAMILIAR E VEJA A POSSIBILIDADE DE  CONSEGUIR DOIS RESFRIADORES DE LEITE DE MIL LITROS CADA UM QUE ESTÃO À DISPOSIÇÃO.</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/684/684_texto_integral.pdf</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/684/684_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXMº. SR. EZEQUIEL FONSECA, DD. DEPUTADO FEDERAL, SOLICITANDO RECURSOS OU DOAÇÃO DE UM MICROÔNIBUS PARA O MUNICÍPIO.</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/685/685_texto_integral.pdf</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/685/685_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE SAÚDE, SOLICITANDO ORIENTAÇÃO AOS IDOSOS SOBRE A IMPORTÂNCIA DA VACINA CONTRA A GRIPE, MESMO TENDO ATINGIDO A META._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/686/686_texto_integral.pdf</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/686/686_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL,  SOLICITANDO A CONSECUÇÃO DE RECURSOS PARA AQUISIÇÃO DE UM CAMINHÃO COM CESTO AÉREO HIDRÁULICO PARA DAR AGILIDADE AOS TRABALHOS DE MANUTENÇÃO DA REDE DE ILUMINAÇÃO PÚBLICA. </t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/687/687_texto_integral.pdf</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/687/687_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL,  SOLICITANDO COM URGÊNCIA, A CONSTRUÇÃO DE UMA CASA DE VELÓRIO._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/688/688_texto_integral.pdf</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/688/688_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A DUPLICAÇÃO DA AV. AYRTON SENNA NO QUARTEIRÃO DA ANTIGA PREFEITURA MUNICIPAL.</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/689/689_texto_integral.pdf</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/689/689_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO QUE SEJA INSTALADO NAS PRAÇA DA CIDADE, BRINQUEDOS INFANTIS PARA ATENDER AS CRIANÇAS.</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/691/691_texto_integral.pdf</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/691/691_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, SOLICITANDO QUE SE FAÇA CONVÊNIO COM A CASA DE APOIO DE CUIABÁ-MT.</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/692/692_texto_integral.pdf</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/692/692_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, SOLICITANDO QUE ATRAVÉS DA SECRETARIA COMPETENTE, SEJA FEITA A COBERTURA DO PONTO DE ÔNIBUS NO ANTIGO POSTO FISCAL.</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/693/693_texto_integral.pdf</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/693/693_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, SOLICITANDO QUE ATRAVÉS DA SECRETARIA COMPETENTE, DESTINE UM LOCAL E APOIO PARA A CONSTRUÇÃO DO PRÉDIO DO SINDICATO DOS MOTOTAXISTAS.</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/694/694_texto_integral.pdf</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/694/694_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A    SECRETARIA MUNICIPAL DE OBRAS,   SOLICITANDO QUE PROVIDENCIE A ILUMINAÇÃO NA  BASILIO PROCÓPIO DOS SANTOS (ANTIGA RUA GARÇAS), INICIANDO NA RUA JOSÉ MARIA, PRÓXIMO AO PLANTÃO DO RICARDO ATÉ O FINAL DA RUA GARÇAS, PRINCIPALMENTE PRÓXIMO A RESIDÊNCIA DA SRª VERA. </t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/695/695_texto_integral.pdf</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/695/695_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, SOLICITANDO QUE DETERMINE AO SETOR COMPETENTE, O ENVIO DE PROJETO DE LEI A ESTA CÂMARA MUNICIPAL PARA AUTORIZAÇÃO DO PARCELAMENTO E DESCONTO DO ISSQN.</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/696/696_texto_integral.pdf</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/696/696_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, SOLICITANDO QUE ATRAVÉS DA SECRETARIA MUNICIPAL DE OBRAS, PROVIDENCIE A ILUMINAÇÃO PÚBLICA NA RUA PROJETADA NO JARDIM ARAGUAIA.</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/697/697_texto_integral.pdf</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/697/697_texto_integral.pdf</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/698/698_texto_integral.pdf</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/698/698_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, SOLICITANDO A INSTALAÇÃO DE LIXEIRAS PÚBLICAS, TIPO GAIOLAS, NA AVENIDA UNIVERSITÁRIA E NAS PRAÇAS DA CIDADE. </t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/699/699_texto_integral.pdf</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/699/699_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA  A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO  ILUMINAÇÃO PÚBLICA NA AVENIDA BRASIL, PRÓXIMO AO GINÁSIO DE ESPORTES ANDRÉ MAGGI.</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/700/700_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/700/700_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA  A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO QUE TOME PROVIDÊNCIAS EM RELAÇÃO AO &amp;#8220;QUEBRA-MOLAS&amp;#8221;, EXISTENTE PERTO DA UNIDADE DE SAÚDE DA FAMÍLIA DO BAIRRO MURILÃO.                                                                                  </t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/701/701_texto_integral.pdf</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/701/701_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A RETIRADA DO QUEBRA-MOLAS DE TERRA DAS RUAS ORLANDO BERTIPALHA, FLORÊNCIO MARQUES DOS REIS (EM FRENTE AO PRÉDIO DA ANTIGA CRECHE PE. AGOSTINI) E MARECHAL RONDON._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/702/702_texto_integral.pdf</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/702/702_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A RETIRADA DO QUEBRA-MOLAS DE TERRA DAS RUAS ORLANDO BERTIPALHA, FLORÊNCIO MARQUES DOS REIS (EM FRENTE AO PRÉDIO DA ANTIGA CRECHE PE. AGOSTINI) E MARECHAL RONDON.</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/703/703_texto_integral.pdf</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/703/703_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL,  SOLICITANDO A NECESSIDADE DE MEDIDAS QUE CONSCIENTIZEM E SOLICITEM QUE PROPRIETÁRIOS CONSTRUAM CALÇADAS, E QUE NOS ESPAÇOS PÚBLICOS ESTA MEDIDA SEJA TOMADA TAMBÉM PELO EXECUTIVO.</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/704/704_texto_integral.pdf</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/704/704_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL,  SOLICITANDO A NECESSIDADE DE PROMOVER A ACESSIBILIDADE NOS PRÉDIOS PÚBLICOS._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/705/705_texto_integral.pdf</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/705/705_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª.  PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO QUE SEJA FEITA A  AQUISIÇÃO DE MATERIAL PARA USO DOS TRABALHADORES DA LIMPEZA PÚBLICA (COLETORES DE LIXOS DOMÉSTICOS), TAIS COMO: LUVAS, UNIFORMES, BOTAS E MÁSCARAS.</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/706/706_texto_integral.pdf</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/706/706_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, SOLICITANDO ESTUDOS DAS RUAS QUE PRECISAM COM URGÊNCIA DE REDE DE ENERGIA ELÉTRICA PARA QUE POSTERIORMENTE SEJAM FEITAS AS AMPLIAÇÕES NECESSÁRIAS.</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/707/707_texto_integral.pdf</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/707/707_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE AÇÃO SOCIAL, SOLICITANDO QUE PROMOVA JUNTO AO SENAR, O CURSO DE APICULTURA (PRODUÇÃO DE MEL).</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/710/710_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/710/710_texto_integral.doc</t>
   </si>
   <si>
     <t>A   EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, SOLICITANDO QUE ATRAVÉS DA SECRETARIA MUNICIPAL DE OBRAS, PROVIDENCIE A REFORMA NA QUADRA DE ESPORTES JONAS PINHEIRO (COM URGÊNCIA).</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/711/711_texto_integral.pdf</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/711/711_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, SOLICITANDO QUE ATRAVÉS DA SECRETARIA MUNICIPAL DE OBRAS, PROVIDENCIE O MANILHAMENTO NA AV. BRUNO PEREIRA VALOIS, ESQUINA COM A OFICINA DO SENHOR CONHECIDO COMO &amp;#8220;ZÉ GASOLINA&amp;#8221; ATÉ A RUA PADRE TEIXEIRA.</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/712/712_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/712/712_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMº. SR. WANCLEY CARVALHO, DD. DEPUTADO ESTADUAL, SOLICITANDO QUE INTERCEDA JUNTO A SECRETARIA DE SEGURANÇA PUBLICA,  PARA A DESTINAÇÃO DE 03 (TRÊS) VIATURAS PARA A DELEGACIA REGIONAL DE BARRA DO GARÇAS-MT.</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/713/713_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/713/713_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMº. SR. ZECA VIANA, DD. DEPUTADO ESTADUAL, SOLICITANDO QUE INTERCEDA JUNTO A SECRETARIA DE SEGURANÇA PUBLICA,  PARA A DESTINAÇÃO DE 03 (TRÊS) VIATURAS PARA A DELEGACIA REGIONAL DE BARRA DO GARÇAS-MT.</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/714/714_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/714/714_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMº. SR. ZECA VIANA, DD. DEPUTADO ESTADUAL, SOLICITANDO A DESTINAÇÃO DE RECURSOS PARA A REALIZAÇÃO DA TEMPORADA DE PRAIA NA PRAIA DA ARARA.</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/715/715_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/715/715_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMº. SR. LEONARDO ALBUQUERQUE, DD. DEPUTADO ESTADUAL, SOLICITANDO A DESTINAÇÃO DE RECURSOS PARA A REALIZAÇÃO DA TEMPORADA DE PRAIA NA PRAIA DA ARARA.</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/716/716_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/716/716_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS E OUTROS ÓRGÃO COMPETENTES,  SOLICITANDO PROVIDÊNCIAS NO SENTIDO DE FECHAR A ROTATÓRIA, LOCALIZADA NA AV. UNIVERSITÁRIA NAS PROXIMIDADES DA ANTIGA PREFEITURA MUNICIPAL,  VISTO QUE OS CARROS ESTÃO ADENTRANDO NA CONTRAMÃO, PODENDO PROVOCAR ACIDENTES GRAVÍSSIMOS.</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/717/717_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/717/717_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS,  SOLICITANDO PROVIDÊNCIAS NO SENTIDO COLOCAR MANILHAS EM FRENTE AO BACANAS BAR.</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/718/718_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/718/718_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE SAÚDE, QUE SEJA COLOCADO EM TODAS AS UNIDADES DE SAÚDE DA FAMÍLIA, BEM COMO NO CENTRO DE SAÚDE, INFORMAÇÕES BÁSICAS (TAIS COMO: O DIREITO DE CADA USUÁRIO, O QUE O SISTEMA FORNECE, ETC)  AOS MUNÍCIPES E USUÁRIOS DO SISTEMA ÚNICO DE SAÚDE.</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/719/719_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/719/719_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE SAÚDE, SOLICITANDO A INTERLIGAÇÃO (REDE) ATRAVÉS DE INFORMATIZAÇÃO DAS UNIDADES DE SAÚDE DA FAMÍLIA E CENTRO DE SAÚDE, DIRETO COM A SECRETARIA MUNICIPAL DE SAÚDE.</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/720/720_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/720/720_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE SAÚDE, SOLICITANDO QUE PROVIDENCIE CAMPANHA PARA A REALIZAÇÃO DE CIRURGIAS DE CATARATAS EM IDOSOS.</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/721/721_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/721/721_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A    SECRETARIA MUNICIPAL DE OBRAS,   SOLICITANDO QUE PROVIDENCIE A ILUMINAÇÃO NO FINAL DA AV. AYRTON SENNA DA SILVA, ESQUINA COM RUA ACELINO SOUSA MOURA (ANTIGA RUA PIONEIROS). </t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/722/722_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/722/722_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE SAÚDE, SOLICITANDO QUE SE FAÇA UM LEVANTAMENTO DOS CASOS DE HANSENÍASE NO MUNICÍPIO, BEM COMO, SOLICITAR INFORMAÇÕES DE QUE FORMA ESTÁ SENDO FEITO O TRATAMENTO DAS PESSOAS PORTADORAS DA DOENÇA. </t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/723/723_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/723/723_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE SAÚDE, SOLICITANDO QUE REALIZE PALESTRAS COM A DISTRIBUIÇÃO DE FOLHETOS INFORMATIVOS SOBRE A DOENÇA HANSENÍASE, NO SENTIDO DE ESCLARECER PARA A POPULAÇÃO SOBRE OS SINTOMAS, TRANSMISSÃO E PROCESSO DE TRATAMENTO. </t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/724/724_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/724/724_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMº. SR. FABIO GARCIA, DEPUTADO FEDERAL PELO PSB,  SOLICITANDO QUE DESTINE EMENDA PARLAMENTAR PARA A REESTRUTURAÇÃO DO SISTEMA DE ÁGUA DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/725/725_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/725/725_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMº. SR. EZEQUIEL FONSECA, DEPUTADO FEDERAL PELO PP,  SOLICITANDO QUE DESTINE EMENDA PARLAMENTAR PARA A REESTRUTURAÇÃO DO SISTEMA DE ÁGUA DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/726/726_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/726/726_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMº. SR. EZEQUIEL FONSECA, DEPUTADO FEDERAL PELO PP,  SOLICITANDO QUE DESTINE EMENDA PARLAMENTAR PARA A REALIZAÇÃO DA TEMPORADA DE PRAIA EM NOSSA CIDADE</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
     <t>1046</t>
   </si>
   <si>
     <t>Leandro de Carlos Cardoso, Edimilson de Aguiar Oliveira, Elismar Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/729/729_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/729/729_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMº. SR. FABIO GARCIA, DEPUTADO FEDERAL PELO PSB,  SOLICITANDO QUE DESTINE EMENDA PARLAMENTAR PARA A REALIZAÇÃO DA TEMPORADA DE PRAIA EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
     <t>1047</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/730/730_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/730/730_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A COLOCAÇÃO DE REDUTOR DE VELOCIDADE NA RUA ITÁLIA.</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
     <t>1048</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/731/731_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/731/731_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A    SECRETARIA MUNICIPAL DE SAÚDE,   SOLICITANDO PROVIDÊNCIAS PARA DAR COMBATE AO MOSQUITO TRANSMISSOR DA DENGUE, BEM COMO, NA PROLIFERAÇÃO DE PERNILONGOS EXISTENTES NO MUNICÍPIO. </t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
     <t>1049</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/732/732_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/732/732_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA  A SECRETARIA MUNICIPAL DE AGRICULTURA, SOLICITANDO QUE INTERCEDA JUNTO A SEDRAF &amp;#8211; SECRETARIA DE DESENVOLVIMENTO RURAL E AGRICULTURA FAMILIAR, PARA A CONSECUÇÃO DE RECURSOS PARA A REDE DE DISTRIBUIÇÃO DE ÁGUA NAS RESIDÊNCIAS DO ASSENTAMENTO SOL.                                                                                  </t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/733/733_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/733/733_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, SOLICITANDO QUE ATRAVÉS DA SECRETARIA MUNICIPAL DE OBRAS, PROVIDENCIE A TROCA DE LUMINÁRIAS QUEIMADAS NA RUA ACELINO SOUSA MOURA (PIONEIROS).</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
     <t>1051</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/734/734_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/734/734_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, SOLICITANDO QUE ATRAVÉS DA SECRETARIA MUNICIPAL DE OBRAS, PROVIDENCIE MELHORIAS NO SISTEMA DE ILUMINAÇÃO PÚBLICA DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
     <t>1052</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/735/735_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/735/735_texto_integral.doc</t>
   </si>
   <si>
     <t>COMANDO DA POLICIA MILITAR, SOLICITANDO QUE NO PERÍODO DA TEMPORADA DE PRAIA, POSSA COLOCAR OS POLICIAIS (AGENTES DE TRÂNSITO) NO SEMÁFORO DE PONTAL DO ARAGUAIA, SUBSTITUINDO O SEMÁFORO PARA EVITAR MAIORES TRANSTORNOS.</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
     <t>1053</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/736/736_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/736/736_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A LIMPEZA DO MATO EXISTENTE NA VIA PÚBLICA JARBAS GAMA ARAÚJO.</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
     <t>1054</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/737/737_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/737/737_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO OPERAÇÃO &amp;#8220;TAPA-BURACOS&amp;#8221;, NAS VIAS PÚBLICAS: SEBASTIANA OLIVEIRA SOUZA, JOAQUIM CORREA E DALVINA SOUSA SANTOS, PRÓXIMO A PRAÇA DA BÍBLIA.</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
     <t>1055</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/738/738_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/738/738_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, SOLICITANDO A REFORMA E AMPLIAÇÃO DO CENTRO SOCIAL URBANO WALDEMAR ANTÔNIO NOGUEIRA.</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
     <t>1056</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/739/739_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/739/739_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A COLOCAÇÃO DE LUMINÁRIAS NAS RUAS FINLÂNDIA E RUA EGITO, QUE PASSA NAS LATERAIS DA ESCOLA DE EDUCAÇÃO INFANTIL ISAIAS PEREIRA DOS SANTOS.</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
     <t>1057</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/742/742_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/742/742_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A RETIRADA DE ENTULHOS E GALHOS DE ÁRVORES DAS CALÇADAS NA RUA ANTÔNIO RODRIGUES DE SOUSA (ANTIGA RUA E).</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
     <t>1058</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/743/743_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/743/743_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMº. SR. WILSON SANTOS, DD. DEPUTADO ESTADUAL, SOLICITANDO QUE INTERCEDA JUNTO AO SECRETÁRIO DE ESTADO DE EDUCAÇÃO PARA A CONSTRUÇÃO DA QUADRA DE ESPORTES DA ESCOLA ESTADUAL SÃO MIGUEL.</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
     <t>1059</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/744/744_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/744/744_texto_integral.doc</t>
   </si>
   <si>
     <t>ILMº. SR. PERMINIO PINTO FILHO, SECRETÁRIO DE ESTADO DE EDUCAÇÃO, SOLICITANDO A VIABILIZAÇÃO DE RECURSOS PARA A CONSTRUÇÃO DA QUADRA DE ESPORTES DA ESCOLA ESTADUAL SÃO MIGUEL.</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
     <t>1060</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/745/745_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/745/745_texto_integral.doc</t>
   </si>
   <si>
     <t>ILMº. SR. LUIZ CARLOS ALÉCIO, SECRETARIO DE ESTADO DE DESENVOLVIMENTO RURAL E AGRICULTURA FAMILIAR, SOLICITANDO RECURSOS PARA A AQUISIÇÃO DE ENCANAMENTO DO POÇO A CAIXA D&amp;#180;ÁGUA NO ASSENTAMENTO APROSOL.</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/746/746_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/746/746_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA  MUNICIPAL DE EDUCAÇÃO, SOLICITANDO QUE PROVIDENCIE PARA QUE O ÔNIBUS QUE ATENDE O ASSENTAMENTO APROSOL ADENTRE NO ASSENTAMENTO PARA PEGAR OS ALUNOS, VISTO QUE ISTO NÃO ESTÁ ACONTECENDO E AS CRIANÇAS TEM QUE CAMINHAR UM LONGO PERCURSO ATÉ A ESTRADA EDSON JOSÉ FERREIRA PARA PEGAR O TRANSPORTE.</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
     <t>1062</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/747/747_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/747/747_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A    SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A CONTENÇÃO DA EROSÃO EXISTENTE &amp;#8220;NO PÉ&amp;#8221; DA PONTE DE ACESSO AO CLUBE DO SINDISSEMPA.</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
     <t>1063</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/748/748_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/748/748_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A COLOCAÇÃO DE PLACA DE SINALIZAÇÃO DE TRÂNSITO EM TAMANHO GRANDE, INDICANDO A MÃO DE DIREÇÃO NA ROTATÓRIA DO BAR DO SR. ANTÔNIO PRETO, SENTIDO UNIVERSIDADE FEDERAL DE MATO GROSSO. </t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/749/749_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/749/749_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO PARA QUE ESPALHE EM CARÁTER DE URGÊNCIA A TERRA QUE ESTÁ NOS CANTEIROS DA AVENIDA UNIVERSITÁRIA, SENTIDO UNIVERSIDADE FEDERAL DE MATO GROSSO. </t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
     <t>1065</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/750/750_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/750/750_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO O RECAPEAMENTO DA AV. UNIVERSITÁRIA NO TRECHO QUE DÁ ACESSO A UNIVERSIDADE FEDERAL DE MATO GROSSO. </t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/751/751_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/751/751_texto_integral.doc</t>
   </si>
   <si>
     <t>AO ILMº. SR. LUIZ CARLOS ALÉCIO, SECRETARIO DE ESTADO DE DESENVOLVIMENTO RURAL E AGRICULTURA FAMILIAR, SOLICITANDO A DOAÇÃO DE UMA FARINHEIRA.</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
     <t>1067</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA  A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO O ENCASCALHAMENTO DAS ESTRADAS QUE DÃO ACESSO AS FAZENDAS BOA VISTA E GROTA VERMELHA, DE PROPRIEDADE DOS SRS. JAIRO E ELSO NA REGIÃO MONTENEGRO À 18 (DEZOITO) KM.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
     <t>1068</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/763/763_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/763/763_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, SOLICITANDO A COLOCAÇÃO DO PALCO DE SOM PARA A TEMPORADA DA PRAIA DA ARARA 2015.</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/764/764_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/764/764_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS,  SOLICITANDO ILUMINAÇÃO PÚBLICA NA AV. BRASIL.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
     <t>1070</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/765/765_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/765/765_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS,  SOLICITANDO &amp;#8220;OPERAÇÃO TAPA BURACOS&amp;#8221; EM TODAS AS VIAS PÚBLICAS DA CIDADE.</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/766/766_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/766/766_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, SOLICITANDO A REFORMA DO CENTRO SOCIAL URBANO WALDEMAR ANTÔNIO NOGUEIRA, TAIS COMO: PINTURA, COLOCAÇÃO DE AR-CONDICIONADO E LETREIRO.</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/767/767_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/767/767_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A SINALIZAÇÃO COMPLETA NO PÁTIO DO ANTIGO POSTO FISCAL (RETORNO, PARADA, FAIXAS DE PEDESTRES, ETC).</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/769/769_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/769/769_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA  MUNICIPAL DE OBRAS, SOLICITANDO A MANUTENÇÃO E CORREÇÃO DAS ESTRADAS DA REGIÃO DO MONTENEGRO, COMO SEGUE EM ANEXO O PEDIDO DO SR. JEAN SILVA DE QUEIRÓZ.</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
     <t>1074</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/770/770_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/770/770_texto_integral.doc</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
     <t>1075</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/771/771_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/771/771_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, SOLICITANDO A CONSTRUÇÃO DA SEDE  DOS MOTOTAXISTAS NA AV. UNIVERSITÁRIA. </t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>1076</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/772/772_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/772/772_texto_integral.doc</t>
   </si>
   <si>
     <t>A   EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA AO ÓRGÃO COMPETENTE, QUE TOME AS PROVIDÊNCIAS EM RELAÇÃO AOS CARROS ESTACIONADOS NA RUA CORONEL SÉRGIO BRUM EM FRENTE A CASA DO SR. PAULO SÉRGIO (SALGADEIRO).</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>1077</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/773/773_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/773/773_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A CONSTRUÇÃO DE UMA PISTA DE BICICROSS NA PRAÇA DA JATOBÁ.</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
     <t>1078</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/774/774_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/774/774_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMº. SR. FABIO GARCIA, DEPUTADO FEDERAL PELO PSB,  SOLICITANDO QUE DESTINE EMENDA PARLAMENTAR PARA A ÁREA DA SAÚDE NO VALOR DE R$ 100.000,00 (CEM MIL REAIS).</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/775/775_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/775/775_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, PREFEITA MUNICIPAL,   SOLICITANDO QUE DESTINE A EMENDA PARLAMENTAR PARA A ÁREA DA SAÚDE NO VALOR DE R$ 100.000,00 (CEM MIL REAIS), DO DEPUTADO FED. FABIO GARCIA, PARA A CONSTRUÇÃO DE UMA SALA DE PARTO.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/776/776_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/776/776_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, SOLICITANDO QUE ATRAVÉS DA SECRETARIA MUNICIPAL DE OBRAS, PROVIDENCIE O ENCASCALHAMENTO DE TODAS AS ESTRADAS QUE DÃO ACESSO AS FAZENDAS DAS FAMÍLIAS QUE FORAM BENEFICIADAS COM A ENERGIA ELÉTRICA.</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/777/777_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/777/777_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, SOLICITANDO QUE ATRAVÉS DA SECRETARIA MUNICIPAL DE OBRAS, PROVIDENCIE A CONSTRUÇÃO DE UM &amp;#8220;QUEBRA-MOLAS&amp;#8221;, NA RUA ITÁLIA.</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/778/778_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/778/778_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA  A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A TROCA DE LUMINÁRIAS QUEIMADAS NA RUA JOAQUIM CORREA, EM FRENTE A RESIDÊNCIA DA SRª ELCI.</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
     <t>1083</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/779/779_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/779/779_texto_integral.doc</t>
   </si>
   <si>
     <t>AO ILMº. SR. EDUARDO MOURA, SECRETÁRIO DE DESENVOLVIMENTO REGIONAL,   SOLICITANDO A DOAÇÃO DE UM CAMINHÃO COM CESTO AÉREO HIDRÁULICO PARA DAR AGILIDADE AOS TRABALHOS DE MANUTENÇÃO DA REDE DE ILUMINAÇÃO PÚBLICA, PARA O MUNICÍPIO.</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/780/780_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/780/780_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMº. SR. EZEQUIEL FONSECA, DEPUTADO FEDERAL PELO PP, SOLICITANDO QUE INTERCEDA JUNTO A SECRETARIA DE ESTADO DAS CIDADES, AFIM DE AGILIZAR O PROJETO REFERENTE A REFORMA E REVITALIZAÇÃO DO MINI-ESTÁDIO EDUARDÃO, PROTOCOLADO NA REFERIDA SECRETARIA.</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
     <t>1085</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/781/781_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/781/781_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMº. SR. EZEQUIEL FONSECA, DEPUTADO FEDERAL PELO PP, SOLICITANDO QUE INTERCEDA JUNTO A SECRETARIA DE ESTADO DAS CIDADES, AFIM DE AGILIZAR O PROJETO REFERENTE A REFORMA E REVITALIZAÇÃO DO GINÁSIO DE ESPORTES ANDRÉ MAGGI, PROTOCOLADO NA SECRETARIA ACIMA MENCIONADA.</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
     <t>1086</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/782/782_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/782/782_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMº. SR. EZEQUIEL FONSECA, DEPUTADO FEDERAL PELO PP, SOLICITANDO QUE INTERCEDA JUNTO A SECRETARIA DE ESTADO DAS CIDADES, AFIM DE AGILIZAR O PROJETO REFERENTE A REFORMA E REVITALIZAÇÃO DO CENTRO SOCIAL URBANO WALDEMAR ANTÔNIO NOGUEIRA, PROTOCOLADO NA SECRETARIA ACIMA MENCIONADA</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
     <t>1087</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/783/783_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/783/783_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMº. SR. EZEQUIEL FONSECA, DEPUTADO FEDERAL PELO PP, SOLICITANDO QUE INTERCEDA JUNTO A SECRETARIA DE ESTADO DAS CIDADES, AFIM DE AGILIZAR O PROJETO REFERENTE A REFORMA E REVITALIZAÇÃO DA PRAÇA JUSTINO MALHEIROS, PROTOCOLADO NA SECRETARIA ACIMA MENCIONADA.</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
     <t>1088</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/784/784_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/784/784_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMº. SR. EZEQUIEL FONSECA, DEPUTADO FEDERAL PELO PP, SOLICITANDO A LIBERAÇÃO DE RECURSOS PARA A PERFURAÇÃO DE UM POÇO ARTESIANO NO MINI-ESTÁDIO EDUARDÃO.</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/785/785_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/785/785_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO O PATROLAMENTO E ENCASCALHAMENTO DA ESTRADA QUE DÁ ACESSO A REGIÃO DA ATOLADEIRA.</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
     <t>1090</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/786/786_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/786/786_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMº. SR. CORONEL PERRY TABORELLI, DEPUTADO ESTADUAL PELO PV, SOLICITANDO A LIBERAÇÃO DE RECURSOS PARA A COBERTURA DA QUADRA DE ESPORTES DA ESCOLA ESTADUAL SÃO MIGUEL.</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, PROVIDENCIE A CONSTRUÇÃO DE UMA PISTA DE VELOTERRA E UMA DE MOTOCROSS.</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/794/794_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/794/794_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO, COM CÓPIA A SECRETARIA MUNICIPAL DE EDUCAÇÃO, QUE SEJA DESTINADO UM LOCAL NA CRECHE MUNICIPAL PARA QUE AS CRIANÇAS POSSAM GUARDAR SUAS BICICLETAS EM LUGAR SEGURO.</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/797/797_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/797/797_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A    SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO ILUMINAÇÃO PÚBLICA NA AV. AYRTON SENNA. </t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/798/798_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/798/798_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A    SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO ILUMINAÇÃO PÚBLICA NA RUA NOVE IRMÃOS. </t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
     <t>1096</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/799/799_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/799/799_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A    SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO ILUMINAÇÃO PÚBLICA NA RUA JOAQUIM CORREA. </t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
     <t>1097</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/800/800_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/800/800_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A    SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO O RECAPEAMENTO DA AVENIDA UNIVERSITÁRIA, SENTIDO UNIVERSIDADE FEDERAL DE MATO GROSSO ATÉ O BAR  DO SR. ANTÔNIO PRETO. </t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/801/801_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/801/801_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A    SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO UMA OPERAÇÃO TAPA-BURACOS SENTIDO UNIVERSIDADE FEDERAL DE MATO GROSSO ATÉ O ENCONTRO DO ASFALTO NOVO. </t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/802/802_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/802/802_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A    SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO O PATROLAMENTO DA RUA QUE DÁ ACESSO A RESIDÊNCIA DO SR. DEUSNERI NAS DUAS ENTRADAS NO BAIRRO MARIA JOAQUINA I NAS PROXIMIDADES DA RUA ADENIS GOMES DA SILVA COM A RUA SÍRIA.</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
     <t>1100</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/803/803_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/803/803_texto_integral.doc</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/806/806_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/806/806_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA AO SAE,   SOLICITANDO  A AMPLIAÇÃO DO TRATAMENTO DE ÁGUA</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
     <t>1102</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/807/807_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/807/807_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS,  SOLICITANDO PROVIDÊNCIAS NO SENTIDO COLOCAR MANILHAS NA RUA DALVINA DE SOUSA SANTOS, EM FRENTE A PRAÇA DA BÍBLIA.</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/808/808_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/808/808_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE SAÚDE,  SOLICITANDO PROVIDÊNCIAS PARA AQUISIÇÃO DE UMA BICICLETA ERGOMÉTRICA PARA O CENTRO DE FISIOTERAPIA.</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/809/809_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/809/809_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE MEIO AMBIENTE,  SOLICITANDO QUE SEJA FEITO UM TRABALHO DE ORIENTAÇÃO À POPULAÇÃO SOBRE OS RISCOS DAS QUEIMADAS.</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
     <t>1105</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/810/810_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/810/810_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, PREFEITA MUNICIPAL, SOLICITANDO A EQUIPARAÇÃO SALARIAL E ENQUADRAMENTO DOS MOTORISTAS DA PREFEITURA MUNICIPAL, APROVADOS NO CONCURSO PÚBLICO DE 2012, COM OS DEMAIS CONCURSADOS ANTERIORMENTE, CONFORME A LEI MUNICIPAL COMPLEMENTAR Nº 474/2007.</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/811/811_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/811/811_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, PREFEITA MUNICIPAL,   COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A TROCA DE LUMINÁRIAS QUEIMADAS NAS RUAS BRUNO PEREIRA VALOIS, BENJAMIM TEIXEIRA E JOSÉ MARIA.</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/812/812_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/812/812_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, SOLICITANDO ESTUDOS NO SENTIDO DE VERIFICAR A POSSIBILIDADE DE AUMENTAR O TEMPO DO SEMÁFORO DE PONTAL DO ARAGUAIA.                        </t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/813/813_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/813/813_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, SOLICITANDO PARA QUE EM PARCERIA COM O SETOR COMPETENTE NOTIFIQUE OS PROPRIETÁRIOS  DE LOTES SEM NENHUMA EDIFICAÇÃO PARA QUE MANTENHAM SEUS TERRENOS LIMPOS. </t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/814/814_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/814/814_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, PREFEITA MUNICIPAL, SOLICITANDO QUE MOLHE OU PLANTE GRAMA NO CAMPO DO LAGOÃO.</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/818/818_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/818/818_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO REDUTOR DE VELOCIDADE NA RUA PROJETADA UM POUCO ACIMA DA ESQUINA COM A RUA PÉRSIA NO BAIRRO MARIA JOAQUINA.</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/819/819_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/819/819_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA  A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO QUE PROVIDENCIE ILUMINAÇÃO NA RUA DALVINA DE SOUSA SANTOS, A PEDIDO DO MORADOR MARCELO OLIVEIRA.</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
     <t>1112</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/820/820_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/820/820_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL,  SOLICITANDO A AQUISIÇÃO DE UM CAMINHÃO ESPECÍFICO PARA O RECOLHIMENTO DE LIXO DOMÉSTICO. </t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/821/821_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/821/821_texto_integral.doc</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/822/822_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/822/822_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, O ASFALTAMENTO DAS RUAS DO BAIRRO ARAGUAIA CENTER, A MUITO TEMPO ESPERADO PELOS MORADORES E SOLICITADO PELOS VEREADORES DESTA CASA.</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/823/823_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/823/823_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMº. SR. ZECA VIANA, DEPUTADO ESTADUAL, SOLICITANDO UMA EMENDA PARLAMENTAR NO VALOR DE R$ 60.000,00 (SESSENTA MIL REAIS) PARA A REVITALIZAÇÃO DA PRAÇA DO JATOBÁ.</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/824/824_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/824/824_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMº. SR. LEONARDO ALBUQUERQUE, DEPUTADO ESTADUAL, SOLICITANDO UMA EMENDA PARLAMENTAR NO VALOR DE R$ 60.000,00 (SESSENTA MIL REAIS) PARA A REVITALIZAÇÃO DA PRAÇA JOÃO GOMES DE CASTRO, NAS CONFLUÊNCIAS DAS AVENIDAS AYRTON SENNA E AV. SEBASTIANA OLIVEIRA SOUZA.</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/825/825_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/825/825_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMº. SR. BAIANO FILHO,  DEPUTADO ESTADUAL, SOLICITANDO UMA EMENDA PARLAMENTAR NO VALOR DE R$ 100.000,00 (CEM MIL REAIS) PARA A REALIZAÇÃO DO VELOTERRA E CAMPEONATO 24 HORAS.</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/826/826_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/826/826_texto_integral.doc</t>
   </si>
   <si>
     <t>ILMº. SR. MARCELO ANTÔNIO FOSTER SOLER, DIRETOR GERAL DAS FACULDADES UNIVAR, SOLICITANDO QUE CONCEDA BOLSAS DE ESTUDOS AOS UNIVERSITÁRIOS DE PONTAL DO ARAGUAIA-MT, NO PROGRAMA FACILITADA</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
     <t>1119</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/829/829_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/829/829_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª DIVINA ODA, PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A COLOCAÇÃO DE REDUTOR DE VELOCIDADE EM FRENTE A CASA LOTÉRICA NA AV. UNIVERSITÁRIA.</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/830/830_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/830/830_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª DIVINA ODA, PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A COLOCAÇÃO DE FAIXA DE PEDESTRES, RETENÇÃO E PLACAS DE SINALIZAÇÃO NO SEMÁFORO DO ANTIGO POSTO FISCAL.</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
     <t>1121</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/831/831_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/831/831_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, SOLICITANDO ATRAVÉS DA SECRETARIA MUNICIPAL DE OBRAS, UMA OPERAÇÃO &amp;#8220;TAPA-BURACOS&amp;#8221; EM TODAS AS RUAS ONDE HOUVER NECESSIDADE.</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/832/832_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/832/832_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, SOLICITANDO ATRAVÉS DA SECRETARIA MUNICIPAL DE OBRAS, REPOSIÇÃO DE LÂMPADAS NAS RUAS E AVENIDAS DO MUNICÍPIO, ONDE  HOUVER NECESSIDADE.</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/833/833_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/833/833_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL,  SOLICITANDO AMPLIAÇÃO, MODERNIZAÇÃO E MELHORIAS DA FEIRA DO PRODUTOR RURAL DE NOSSO MUNICÍPIO</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/834/834_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/834/834_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA AO SETOR COMPETENTE, SOLICITANDO A CONSTRUÇÃO DE UM NOVO CEMITÉRIO.</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/835/835_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/835/835_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA AO SETOR COMPETENTE, SOLICITANDO APOIO PARA A REALIZAÇÃO DA FESTA DE SÃO MIGUEL ARCANJO, PADROEIRO DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/836/836_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/836/836_texto_integral.doc</t>
   </si>
   <si>
     <t>SECRETARIA DE ESTADO DE DESENVOLVIMENTO RURAL E AGRICULTURA FAMILIAR, SOLICITANDO A VIABILIZAÇÃO DE UMA MOTOCICLETA PARA DAR ASSISTÊNCIA À REDE DE ÁGUA DO ASSENTAMENTO APROSOL.</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
     <t>1127</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/838/838_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/838/838_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, PARA INTERCEDER JUNTO A SECRETARIA DE ESTADO DE MEIO AMBIENTE &amp;#8211; SEMA OU OUTRO ÓRGÃO COMPETENTE, SOLICITANDO PROVIDÊNCIAS NO SENTIDO DE SE FAZER PROJETOS VISANDO CONTER O ASSOREAMENTO DOS RIOS GARÇAS E ARAGUAIA NO MUNICÍPIO DE PONTAL DO ARAGUAIA-MT.</t>
   </si>
   <si>
     <t>1128</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/847/847_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/847/847_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A COORDENADORIA MUNICIPAL DE ESPORTES, ORGANIZE OS CAMPEONATOS INTERBAIRROS E INFANTOJUVENIL.</t>
   </si>
   <si>
     <t>1129</t>
   </si>
   <si>
     <t>Antônia Parreira, Edimilson de Aguiar Oliveira, Elismar Nogueira, Leandro de Carlos Cardoso, Leila Apª  Antônia B. e Silva, Luciano Costa, Marcos Alexandre da Silva (Marcão), Marquinhos, VICENTE FERREIRA</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/850/850_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/850/850_texto_integral.doc</t>
   </si>
   <si>
     <t>A VEREADORA QUE A ESTA SUBSCREVE,  USANDO DE SUAS ATRIBUIÇÕES LEGAIS, REQUER A V. EXA. QUE OUVIDO O PLENÁRIO, REGISTRE NOS ANAIS DESTA CASA, VOTOS DE APLAUSOS AO EXMº. SR. WELLINGTON ANTÔNIO FAGUNDES, SENADOR  DA REPÚBLICA, PELO APOIO QUE TEM DADO À UCMMAT &amp;#8211; UNIÃO DAS CÂMARAS MUNICIPAIS DO ESTADO DE MATO GROSSO.</t>
   </si>
   <si>
     <t>1130</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/855/855_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/855/855_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª DIVINA ODA, PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA COMPETENTE,  SOLICITANDO A REABERTURA DAS INSCRIÇÕES PARA OS MORADORES DE NOSSA CIDADE, JUNTO AO PROJETO DE LEI APROVADO POR ESTA CASA LEGISLATIVA MINHA CASA, MINHA VIDA/FGTS.</t>
   </si>
   <si>
     <t>1131</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/856/856_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/856/856_texto_integral.doc</t>
   </si>
   <si>
     <t>AS FACULDADES CATEDRAL, A/C COORDENADOR DO CURSO DE DIREITO, SOLICITANDO A IMPLANTAÇÃO DO NÚCLEO JURÍDICO EM PONTAL DO ARAGUAIA-MT</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/857/857_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/857/857_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, PREFEITA MUNICIPAL, SOLICITANDO QUE SEJAM FEITOS ESTUDOS PARA A ABERTURA DE NOVO LOTEAMENTO NO MUNICÍPIO, PARA QUE SEJA FEITO COM VALORES MAIS BAIXOS E/OU PARCELADOS.</t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/859/859_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/859/859_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INDICO À MESA, NA FORMA REGIMENTAL, SEJA ENCAMINHADO EXPEDIENTE A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE SAÚDE, PARA QUE TOME PROVIDÊNCIAS EM RELAÇÃO AOS CACHORROS DA NOSSA CIDADE, EM QUESTÃO LEISHIMANIOSE.                                                                                </t>
   </si>
   <si>
     <t>1134</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/861/861_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/861/861_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICO À MESA, NA FORMA REGIMENTAL, SEJA ENCAMINHADO EXPEDIENTE A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, SOLICITANDO O EMPENHO JUNTO AO GOVERNO DO ESTADO, PARA A DOAÇÃO DE UMA CAMINHONETE PARA O MUNICÍPIO.</t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/862/862_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/862/862_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICO À MESA, NA FORMA REGIMENTAL, SEJA ENCAMINHADO EXPEDIENTE DESTE PODER A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO TROCA DE LUMINÁRIAS QUEIMADAS NA PRAÇA JUSTINO MALHEIROS.</t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/863/863_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/863/863_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INDICO À MESA, NA FORMA REGIMENTAL, SEJA ENCAMINHADO EXPEDIENTE AO TRIBUNAL REGIONAL ELEITORAL, QUE DISPONIBILIZE UMA URNA ELETRÔNICA PARA A ELEIÇÃO DO CONSELHO TUTELAR EM PONTAL DO ARAGUAIA-MT. </t>
   </si>
   <si>
     <t>1137</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/868/868_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/868/868_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A ENERGISA COM CÓPIA A PREFEITURA MUNICIPAL, A COLOCAÇÃO DE UM POSTE NA RUA PE. TEIXEIRA, ESQ. COM AV. UNIVERSITÁRIA. </t>
   </si>
   <si>
     <t>1138</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/869/869_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/869/869_texto_integral.doc</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/873/873_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/873/873_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICO À MESA, NA FORMA REGIMENTAL, SEJA ENCAMINHADO EXPEDIENTE DESTE PODER A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL,  SOLICITANDO A NECESSIDADE DE PROMOVER A ACESSIBILIDADE NOS PRÉDIOS PÚBLICOS.</t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
     <t>Marquinhos, Antônia Parreira, Edimilson de Aguiar Oliveira, Elismar Nogueira, Leandro de Carlos Cardoso, Leila Apª  Antônia B. e Silva, Luciano Costa, Marcos Alexandre da Silva (Marcão), VICENTE FERREIRA</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/874/874_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/874/874_texto_integral.doc</t>
   </si>
   <si>
     <t>AO ILMº. SR. PEDRO TAQUES, GOVERNADOR DO ESTADO, COM CÓPIA A ASSEMBLÉIA LEGISLATIVA E AO SECRETÁRIO DE ESTADO DE EDUCAÇÃO, SR. PERMÍNIO PINTO FILHO, SOLICITANDO A CONTINUIDADE DO ENSINO DE JOVENS E ADULTOS, NA ESCOLA ESTADUAL SÃO MIGUEL DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/875/875_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/875/875_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO O PATROLAMENTO DA ENTRADA QUE DÁ ACESSO A AGROVILA ARARA E ALGUMAS ESTRADAS DENTRO DO ASSENTAMENTO.</t>
   </si>
   <si>
     <t>1142</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/876/876_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/876/876_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A TROCA DE LUMINÁRIAS NA RUA DALVINA DE SOUSA SANTOS, EM FRENTE A CASA Nº 48 E ABAIXO DA IGREJA ASSEMBLÉIA DE DEUS NA RESIDÊNCIA PRÓXIMA AO &amp;#8220;PÉ DE SETE COPAS&amp;#8221;. </t>
   </si>
   <si>
     <t>1143</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/878/878_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/878/878_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A PINTURA E SINALIZAÇÃO DOS REDUTORES DE VELOCIDADE (QUEBRA-MOLAS) DA AVENIDA UNIVERSITÁRIA.</t>
   </si>
   <si>
     <t>1144</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/879/879_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/879/879_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO OPERAÇÃO &amp;#8220;TAPA-BURACOS&amp;#8221; NA RUA JOAQUIM CORREA, NAS PROXIMIDADES  DAS RESIDÊNCIAS DOS SRS. CELSO E TAQUINHO.</t>
   </si>
   <si>
     <t>1145</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/880/880_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/880/880_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, COM CÓPIA A EMPRESA ENERGISA, SOLICITANDO A EXTENSÃO DE REDE ELÉTRICA (ILUMINAÇÃO PÚBLICA), NA RUA PAULO RODRIGUES GONÇALVES, NO BAIRRO LUZIA MARIA DE MORES, NAS PROXIMIDADES DA RESIDÊNCIA DA SRª GIZELMA MAGALHÃES</t>
   </si>
   <si>
     <t>1146</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/881/881_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/881/881_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, PREFEITA MUNICIIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A REFORMA DA PONTE SOBRE O CÓRREGO MONTE NEGRO</t>
   </si>
   <si>
     <t>1147</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/882/882_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/882/882_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, PREFEITA MUNICIIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO O PATROLAMENTO DAS ESTRADAS VICINAIS DO LADO DO RIO ARAGUAIA, A PARTIR DA PROPRIEDADE DO SR. JOSÉ NOGUEIRA ATÉ AS MARGENS DO RIO DIAMANTINO.</t>
   </si>
   <si>
     <t>1148</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/883/883_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/883/883_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS,  PARA QUE SE TOME PROVIDÊNCIAS COM RELAÇÃO A EROSÃO NO FINAL DA AVENIDA SEBASTIANA OLIVEIRA SOUZA.</t>
   </si>
   <si>
     <t>1149</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/884/884_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/884/884_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, SOLICITANDO A DOAÇÃO DE UM LOTE PARA O SR. SILVIO FERNANDO PARA A CONSTRUÇÃO DE UMA EMPRESA DE RECICLAGEM.   </t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/885/885_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/885/885_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE AGRICULTURA, SOLICITANDO QUE INTERCEDA JUNTO AO DEPUTADO ESTADUAL ZECA VIANA, PARA A DOAÇÃO DE UM TONELADA DE MILHO AOS PRODUTORES RURAIS.  </t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/886/886_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/886/886_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL,  SOLICITANDO QUE SE FAÇA CONVÊNIO DA PREFEITURA MUNICIPAL COM EMPRESA QUE PRESTA O SERVIÇO DE &amp;#8220;LIMPA-FOSSA&amp;#8221;.</t>
   </si>
   <si>
     <t>1152</t>
   </si>
   <si>
     <t>Luciano Costa, Antônia Parreira, Marcos Alexandre da Silva (Marcão), Marquinhos, VICENTE FERREIRA</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/887/887_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/887/887_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">EXMº. SR. VICTORIO GALLI, DEPUTADO FEDERAL PELO PSC, SOLICITANDO A LIBERAÇÃO DE EMENDA PARLAMENTAR NO VALOR DE R$ 200.000,00 (DUZENTOS MIL REAIS) PARA A AQUISIÇÃO DE EQUIPAMENTOS PARA AS UNIDADES DE SAÚDE DA FAMÍLIA. </t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/888/888_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/888/888_texto_integral.doc</t>
   </si>
   <si>
     <t>SECRETARIA DE ESTADO DAS CIDADES SOLICITANDO A LIBERAÇÃO DE 40 TONELADAS DE MASSA ASFÁLTICA.</t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
     <t>Luciano Costa, Marcos Alexandre da Silva (Marcão), Marquinhos, VICENTE FERREIRA</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/889/889_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/889/889_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AO EXMº. SR. LEONARDO ALBUQUERQUE, DEPUTADO ESTADUAL, COM CÓPIA A  SECRETARIA DE ESTADO DAS CIDADES, SOLICITANDO A LIBERAÇÃO MIL METROS DE MANILHAS. </t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/890/890_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/890/890_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª DIVINA ODA, PREFEITA MUNICIPAL,  SOLICITANDO QUE SE POSSA ATENDER COM MEDICAMENTOS E ACOMPANHAMENTOS MÉDICOS E DE ENFERMEIROS, OS SENHORES ADELSON PARREIRA DA SILVA, MORADOR DO CENTRO DE NOSSA CIDADE, PRÓXIMO A RESIDÊNCIA DO SR. MILTINHO DA AMBULÂNCIA E JOÃO DOMINGOS SOBRINHO, RESIDENTE E DOMICILIADO À AV. AYRTON SENNA Nº 20, SETOR JOÃO ROCHA. SOLICITA AINDA, INCLUÍ-LOS NO PROGRAMA SAÚDE INTEGRAL AO ALCANCE DE TODOS.</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/891/891_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/891/891_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, SOLICITANDO ATRAVÉS DA SECRETARIA MUNICIPAL DE OBRAS, TROCA DE LUMINÁRIAS NA RUA BENJAMIM CORREA, EM FRENTE A RESIDÊNCIA DA SRª JANE VARJÃO.</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/892/892_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/892/892_texto_integral.doc</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/893/893_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/893/893_texto_integral.doc</t>
   </si>
   <si>
     <t>A  EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A  SECRETARIA COMPETENTE, SOLICITANDO A INSTALAÇÃO DE  PLACAS COM NOMES DAS RUAS E PRAÇAS QUE TIVERAM SEUS NOMES MUDADOS OU COLOCADOS POR ESTA CASA LEGISLATIVA E CUJAS LEIS COM OS REFERIDOS NOMES FORAM SANCIONADOS POR ESTE EXECUTIVO NESTA OU EM OUTRA GESTÃO.</t>
   </si>
   <si>
     <t>1159</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/894/894_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/894/894_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A  SECRETARIA COMPETENTE, SOLICITANDO QUE DETERMINE AO SETOR COMPETENTE PARA REALIZAR OPERAÇÃO &amp;#8220;TAPA-BURACOS&amp;#8221; NAS SEGUINTES VIAS PÚBLICAS: DALVINA DE SOUSA SANTOS, AV. AYRTON SENNA, PRÓXIMA A CASA DA SRª CRISTINA, RUA RAIMUNDO LOPES DOS SANTOS EM FRENTE A RESIDÊNCIA DO SARGENTO JORCEMAR E AV. BRUNO PEREIRA VALOES, ESQ. COM RUA PE. TEIXEIRA.</t>
   </si>
   <si>
     <t>1160</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/895/895_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/895/895_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS,  PARA QUE SE TOME PROVIDÊNCIAS COM RELAÇÃO A EROSÃO NO FINAL DA AVENIDA AYRTON SENNA.                                                                                </t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/896/896_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/896/896_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS,  PARA QUE SE TOME PROVIDÊNCIAS COM RELAÇÃO A ILUMINAÇÃO NA RUA ANTÔNIO RODRIGUES DE SOUZA, EM ESPECIAL NA ALTURA DA RESIDÊNCIA DE Nº 54, DE PROPRIEDADE DA SRª VAL.        </t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/897/897_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/897/897_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS,  SOLICITANDO QUE COLOQUE TELAS OU GRADES DE FERRO NAS &amp;#8220;BOCAS DE LOBOS&amp;#8221; DOS BUEIROS DAS RUAS E AVENIDAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/898/898_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/898/898_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL,   SOLICITANDO A CONSTRUÇÃO DO MERCADO MUNICIPAL EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/899/899_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/899/899_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL,  COM CÓPIA A  SECRETARIA MUNICIPAL DE SAÚDE,  SOLICITANDO A AQUISIÇÃO DE DESFIBRILADORES PARA TODAS AS UNIDADES DE SAÚDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1165</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/900/900_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/900/900_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMº. SR. JOSÉ MARQUES F. DE SOUZA, PRESIDENTE DA CÂMARA MUNICIPAL,  SOLICITANDO QUE AO ENTOAR OS HINOS OFICIAIS NESTA CASA DE LEIS, OS PRESENTES NO PLENÁRIO E GALERIA DIRECIONEM O CORPO PARA A DIREITA (VISÃO DAS BANDEIRAS).</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/901/901_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/901/901_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL,  COM CÓPIA A  SECRETARIA MUNICIPAL DE SAÚDE, A MARCAÇÃO DE CONSULTA ATRAVÉS DE 0800 E POR SISTEMA INFORMATIZADO EM TODOS AS UNIDADES DE SAÚDE DA FAMÍLIA DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/902/902_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/902/902_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL,  COM CÓPIA A  SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A CONSTRUÇÃO DE UM &amp;#8220;QUEBRA-MOLA&amp;#8221;, NA RUA CUSTÓDIO DE SOUSA PINTO, NAS PROXIMIDADES DA ESCOLA ESTADUAL SÃO MIGUEL.</t>
   </si>
   <si>
     <t>1168</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/903/903_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/903/903_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL,  SOLICITANDO UM DECRETO MUNICIPAL, REGULAMENTANDO O ESTACIONAMENTO DA AV. UNIVERSITÁRIA; PERMITINDO O ESTACIONAMENTO DE VEÍCULOS EM APENAS UM DOS LADOS, LIBERANDO APENAS PARA CARGA E DESCARGA DE MERCADORIAS.</t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/904/904_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/904/904_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL,  COM CÓPIA A SECRETARIA MUNICIPAL DE EDUCAÇÃO, SOLICITANDO FIRMAR CONVÊNIO COM O CORPO DE BOMBEIROS DE BARRA DO GARÇAS-MT, COM O OBJETIVO DE IMPLANTAR O PROJETO BOMBEIRO MIRIM EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1170</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/905/905_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/905/905_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL,  COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO COLOCAÇÃO DE UMA CANALETA DE ESCOAMENTO DE ÁGUA NA RUA DALVINA DE SOUSA SANTOS, NAS PROXIMIDADES COM O BAR DO BACANA.</t>
   </si>
   <si>
     <t>1171</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/906/906_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/906/906_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO O PATROLAMENTO E ENCASCALHAMENTO EM ALGUNS PONTOS DAS ESTRADAS DOS ASSENTAMENTOS AGROVILA ARARA, APROSOL E BRILHANTE</t>
   </si>
   <si>
     <t>1172</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/907/907_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/907/907_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A  COLOCAÇÃO DE REDUTOR DE VELOCIDADE NA AV. DANTE MARTINS DE OLIVEIRA, PRÓXIMO AS KITNETES CONSTRUÍDAS RECENTEMENTE.</t>
   </si>
   <si>
     <t>1173</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/908/908_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/908/908_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A SINALIZAÇÃO HORIZONTAL E VERTICAL EM TODAS AS RUAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1174</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/909/909_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/909/909_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A  RETIRADA DE MATO NO BAIRRO JARDIM ARAGUAIA, NA ÚLTIMA RUA.</t>
   </si>
   <si>
     <t>1175</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/910/910_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/910/910_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A  RETIRADA DE MATO NO BAIRRO JARDIM ARAGUAIA, NA ÚLTIMA RUA.</t>
   </si>
   <si>
     <t>1176</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/911/911_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/911/911_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO UMA OPERAÇÃO &amp;#8220;TAPA-BURACOS&amp;#8221;, NA AVENIDA UNIVERSITÁRIA ATÉ O CAMPUS DA UNIVERSIDADE FEDERAL DE MATO GROSSO.</t>
   </si>
   <si>
     <t>1177</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/912/912_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/912/912_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO UMA OPERAÇÃO &amp;#8220;TAPA-BURACOS&amp;#8221;, NA RUA JOAQUIM CORREA E ARISTIDES GARCIA PENTEADO.</t>
   </si>
   <si>
     <t>1178</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/913/913_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/913/913_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO O ASFALTAMENTO DAS VIAS PUBLICAS ABAIXO MENCIONADAS NO BAIRRO ARAGUAIA CENTER: RUA PIONEIROS, FINAL DA TRAVESSA 2 E TRAVESSA 1.</t>
   </si>
   <si>
     <t>1179</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/914/914_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/914/914_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL,  SOLICITANDO A DOAÇÃO DE UM LOTE PARA A CONSTRUÇÃO DA SEDE DO MOTO CLUBE DE PONTAL DO ARAGUAIA.</t>
   </si>
   <si>
     <t>1180</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/915/915_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/915/915_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">EXMº. SR. ZECA VIANNA, DEPUTADO ESTADUAL,  SOLICITANDO A LIBERAÇÃO DE EMENDA PARLAMENTAR NO VALOR DE R$ 200.000,00 (DUZENTOS MIL REAIS) PARA A CONSTRUÇÃO DE POÇOS ARTESIANOS E AQUISIÇÃO DE MANILLHAS. </t>
   </si>
   <si>
     <t>1181</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/916/916_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/916/916_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE EDUCAÇÃO, PARA QUE PROVIDENCIE EM CARÁTER DE URGÊNCIA, A LIMPEZA E MANUTENÇÃO DOS AR CONDICIONADOS DA ESCOLA MUNICIPAL SÃO JORGE, BEM COMO, A COMPRA DE MATERIAL DE EXPEDIENTE: PINCEL PARA QUADRO, TONNER, ETC.        </t>
   </si>
   <si>
     <t>1182</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/931/931_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/931/931_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL,  SOLICITANDO A POSSIBILIDADE DE REALIZAR ESTUDO PARA QUE ATRAVÉS DE LEI POSSA SER IMPLANTADO  UM PLANO HABITACIONAL PRA ATENDER NOSSAS FAMÍLIAS DE BAIXA RENDA.</t>
   </si>
   <si>
     <t>1183</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/932/932_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/932/932_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO QUE TOME PROVIDÊNCIAS EM RELAÇÃO A UMA EROSÃO NO FINAL DA AVENIDA SEBASTIANA OLIVEIRA SOUZA (AVENIDA B), PRÓXIMO A CASA DOS SRS. RUBEMAR E RAIMUNDA.</t>
   </si>
   <si>
     <t>1184</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/933/933_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/933/933_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO QUE TOME PROVIDÊNCIAS EM RELAÇÃO A UMA EROSÃO NA RUA MARECHAL RONDON, NAS IMEDIAÇÕES DA MARCENARIA DO SR. JOAQUIM.</t>
   </si>
   <si>
     <t>1185</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/934/934_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/934/934_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA ODA, PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO QUE TOME PROVIDÊNCIAS EM RELAÇÃO A EROSÃO NO FINAL DA AVENIDA AYRTON SENNA, PRÓXIMO A CASA DA SRª CRISTINA.</t>
   </si>
   <si>
     <t>1186</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/935/935_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/935/935_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª DIVINA ODA, PREFEITA MUNICIPAL,  SOLICITANDO QUE SE POSSA ATENDER COM MEDICAMENTOS E ACOMPANHAMENTOS MÉDICOS E DE ENFERMEIROS, A SRª OLIVIA, ESPOSA DO SR. ARLINDO, SOGRO O SR. DIVINO, SERVIDOR PÚBLICO MUNICIPAL.</t>
   </si>
   <si>
     <t>1187</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/936/936_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/936/936_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, PARA QUE PROVIDENCIE EM CARÁTER DE URGÊNCIA OS REPAROS NO ASFALTO NA ANTIGA RUA PÉRSIA NO BAIRRO JARDIM ARAGUAIA, MAS PRECISAMENTE EM FRENTE A RESIDÊNCIA DA SRª LUCÉLIA, AGENTE DE SAÚDE.        </t>
   </si>
   <si>
     <t>1188</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/937/937_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/937/937_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, PARA QUE PROVIDENCIE EM CARÁTER DE URGÊNCIA A LIMPEZA DO MATAGAL NA RUA PÉRSIA NO BAIRRO JARDIM ARAGUAIA.        </t>
   </si>
   <si>
     <t>1189</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/938/938_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/938/938_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, PARA QUE PROVIDENCIE EM CARÁTER DE URGÊNCIA OS REPAROS NO ASFALTO NA RUA ABAIXO DO BACANAS&amp;#8217;BAR NO SETOR JOÃO ROCHA, EM FRENTE AO ANTIGO LATICÍNIO, VISTO QUE O ASFALTO ESTÁ CHEIO DE BURACOS, CAUSANDO ACIDENTES COM CICLISTAS QUE TRANSITAM NA VIA E O ASFALTO ESTÁ DESMORONANDO AO LADO DA RESIDÊNCIA DO SR. JOÃO.        </t>
   </si>
   <si>
     <t>1190</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/968/968_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/968/968_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, SOLICITANDO DE UMA MÁQUINA DE PLANTAR RAMA DE MANDIOCA, UMA MÁQUINA DE PLANTAR MILHO, UMA MÁQUINA DE LANÇAR CALCÁRIO PARA OS ASSENTAMENTOS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1191</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/969/969_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/969/969_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO BARREIRAS DE PROTEÇÃO LATERAL EM TODAS AS PONTES DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1192</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/970/970_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/970/970_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, SOLICITANDO A INSTALAÇÃO DE CÂMERAS DE VIGILÂNCIA NA ENTRADA E SAÍDA DA CIDADE.</t>
   </si>
   <si>
     <t>1193</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/975/975_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/975/975_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A CONSTRUÇÃO DE CALÇADAS ENTRE OS TÚMULO DO CEMITÉRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>1194</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/976/976_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/976/976_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, SOLICITANDO A CRIAÇÃO DE UM PARQUE FLORESTAL EM ÁREA VERDE, EFETIVANDO A PLANTAÇÃO DE ÁRVORES NATIVAS E FRUTÍFERAS.</t>
   </si>
   <si>
     <t>1195</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/977/977_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/977/977_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, SOLICITANDO MEDIDAS NO SENTIDO DE SE CRIAR O PROGRAMA DE PREVENÇÃO AO DIABETES INFANTIL</t>
   </si>
   <si>
     <t>1196</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/978/978_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/978/978_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A LIMPEZA DO LAGO DO PARQUE TURÍSTICO.</t>
   </si>
   <si>
     <t>1197</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/979/979_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/979/979_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A DOAÇÃO DE CAIXAS D&amp;#8217;ÁGUAS AS FAMÍLIAS DE BAIXA RENDA.</t>
   </si>
   <si>
     <t>1198</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/980/980_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/980/980_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA EM TODA A CIDADE.</t>
   </si>
   <si>
     <t>1199</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/981/981_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/981/981_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A ABERTURA DA RUA ORLANDO BERTIPALHA, APÓS A ESTAÇÃO DE TRATAMENTO DE ÁGUA.</t>
   </si>
   <si>
     <t>1200</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/982/982_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/982/982_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª DIVINA ODA, PREFEITA MUNICIPAL,  SOLICITANDO QUE SE DESTINE UMA ÁREA PARA A CONSTRUÇÃO DO CEMITÉRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>1201</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/983/983_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/983/983_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª DIVINA ODA, PREFEITA MUNICIPAL,  COM COPIA A SECRETARIA MUNICIPAL DE OBRAS, SOLICITANDO A COLOCAÇÃO DE MAIS UM CAMINHÃO E MAIS UM SERVIDOR PARA A COLETA DE LIXO NAS SEXTAS-FEIRAS.</t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/984/984_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/984/984_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE AÇÃO SOCIAL, SOLICITANDO A IMPLANTAÇÃO DE EQUIPAMENTOS E BRINQUEDOS ADAPTADOS E APROPRIADOS PARA AS CRIANÇAS COM NECESSIDADES ESPECIAIS (PNE), NAS PRAÇAS, ESCOLA E CRECHE.</t>
   </si>
   <si>
     <t>1203</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/985/985_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/985/985_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, SOLICITANDO A REALIZAÇÃO DE ESTUDOS PARA PARCERIA COM A EMPRESA BRASILEIRA DE CORREIOS E TELÉGRAFOS PARA EMISSÃO DE SELOS EM HOMENAGEM AS DATAS COMEMORATIVAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1204</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/986/986_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/986/986_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, SOLICITANDO QUE RECOMENDE AOS EMPRESÁRIOS ADEQUAR E/OU CONSTRUIR RAMPAS DE ACESSO PARA OS PORTADORES DE NECESSIDADES ESPECIAIS NA PORTA DE ENTRADA DOS SEUS ESTABELECIMENTOS.</t>
   </si>
   <si>
     <t>1205</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/987/987_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/987/987_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, SOLICITANDO A VIABILIZAÇÃO DA CONSTRUÇÃO DE UMA PISTA DE SKATE.</t>
   </si>
   <si>
     <t>1206</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/988/988_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/988/988_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, SOLICITANDO QUE SEJA REALIZADO UM CONVÊNIO ENTRE A POLÍCIA MILITAR E O EXECUTIVO VISANDO A REABERTURA DA DELEGACIA EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1207</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/989/989_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/989/989_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, NO SENTIDO DE REGULAMENTAR AS SOLICITAÇÕES DOS MUNÍCIPES PERANTE A SECRETARIA MUNICIPAL DE OBRAS.</t>
   </si>
   <si>
     <t>1208</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/990/990_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/990/990_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª PREFEITA MUNICIPAL, SOLICITANDO A CONSTRUÇÃO DE ABRIGO PARA OS ALUNOS QUE ESPERAM O TRANSPORTE NO ANTIGO POSTO FISCAL.</t>
   </si>
   <si>
     <t>1209</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/991/991_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/991/991_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA ODA, DDª. PREFEITA MUNICIPAL,  SOLICITANDO QUE PROVIDENCIE A REFORMA DO GRAMADO DO MINI-ESTÁDIO EDUARDÃO</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/467/467_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/467/467_texto_integral.doc</t>
   </si>
   <si>
     <t>PESAR À FAMÍLIA DO SR. MARIO SIROSI ODA, PAI DO EX-VEREADOR DESTA CASA, POR DOIS MANDATOS, ILMAR ODA (JAPÃO) PELO SEU FALECIMENTO OCORRIDO NESTA CIDADE.</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/551/551_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/551/551_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">                                   REQUEREMOS, NA FORMA REGIMENTAL, E APÓS OUVIDO O PLENÁRIO DESTA CASA, QUE CONSTE DA ATA DOS TRABALHOS DESTA NOITE VOTOS DE PESAR À FAMÍLIA DO SR. LUIZ SEVERO DOS SANTOS, PELO FALECIMENTO DE SUA FILHA SELMA GENÉSIA DOS SANTOS</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/552/552_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/552/552_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">EXMº. SR. DR. LEONARDO ANDRÉ DA MATA, PRESIDENTE DA O.A.B &amp;#8211; ORDEM DOS ADVOGADOS DO BRASIL &amp;#8211; SUBSEÇÃO DE BARRA DO GARÇAS-MT, PELOS RELEVANTES SERVIÇOS PRESTADOS À NOSSA REGIÃO. </t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>A AUTO ESCOLA FUTURA</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/608/608_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/608/608_texto_integral.doc</t>
   </si>
   <si>
     <t>VOTOS DE APLAUSOS AO DIRETOR REGIONAL DA CONCESSIONÁRIA ENERGISA, PELO EMPENHO NA DIVULGAÇÃO E OU ESCLARECIMENTOS EM RELAÇÃO AO PROJETO LUZ PARA TODOS E UNIVERSALIZAÇÃO DA ENERGISA.</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/609/609_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/609/609_texto_integral.doc</t>
   </si>
   <si>
     <t>AO ILMº. SR. WALDYR CARRIJO DA SILVA, SERVIDOR PÚBLICO MUNICIPAL, ENCARREGADO DA OBRA DE CONSTRUÇÃO DA PONTE SOBRE O CÓRREGO JAURU, PELO SEU EMPENHO E DEDICAÇÃO PARA QUE A REFERIDA OBRA FOSSE CONCRETIZADA.</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/610/610_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/610/610_texto_integral.doc</t>
   </si>
   <si>
     <t>AO ILMº. SR. ADELCINO LOPO, FAZENDEIRO DE NOSSO  MUNICÍPIO, EXTENSIVA AO ILMº. SR. MARIO CELSO, PROPRIETÁRIO DA FAZENDA COLORADO,  QUE COLABORARAM PARA A RECONSTRUÇÃO DA PONTE SOBRE O CÓRREGO JAURU, COM A DOAÇÃO E CARREGAMENTO DAS MADEIRAS.</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/634/634_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/634/634_texto_integral.doc</t>
   </si>
   <si>
     <t>ILMºS. SRS. DOUGLAS, RICARDO, JÚNIOR E OUTROS,  EVENTO DE SUCESSO, REALIZADO NO ÚLTIMO FINAL DE SEMANA, QUE CONTOU COM A PARTICIPAÇÃO DA COMUNIDADE PONTALENSE E COMUNIDADES VIZINHAS.</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/635/635_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/635/635_texto_integral.doc</t>
   </si>
   <si>
     <t>ILMºS. SRS. WILLIAN VIRGILIO E JANDERSON FONTOURA DA SILVA (AMENDOIM),  PELO BRILHANTE TRABALHO QUE ESTÃO REALIZANDO COM AS CRIANÇAS, ADOLESCENTES E JOVENS DE NOSSO MUNICÍPIO, COM AULAS DE FUTSAL E OUTRAS MODALIDADES, E PELO ÚLTIMO CAMPEONATO REALIZADO NO FINAL DE SEMANA.</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/660/660_texto_integral.pdf</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/660/660_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">2º LEILÃO  DIREITO DE VIVER EM PROL DO HOSPITAL DO CÂNCER DE BARRETOS,  O OFERECIMENTO DESTA MOÇÃO DE APLAUSOS,EM DECORRÊNCIA DA REALIZAÇÃO DO MESMO. AS PESSOAS DOS SRS. ANTÔNIO CARLOS MARACAIPES DE OLIVEIRA, EMILDO FERREIRA CARDOSO, FABIO CORTE E OUTROS. </t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/661/661_texto_integral.pdf</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/661/661_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">1º PRÊMIO WALDEMAR ANTÔNIO NOGUEIRA, PARA OS DESTAQUES DO ANO DE 2014, SRS. CARIVALDO ALMEIDA (PROFESSOR KAKÁ) E EQUIPE,  O OFERECIMENTO DESTA MOÇÃO DE APLAUSOS, EM DECORRÊNCIA DA REALIZAÇÃO DO MESMO.  </t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/671/671_texto_integral.pdf</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/671/671_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO ILMº. SR. MOISÉS DO CARMO LOPES, REPRESENTANTE DO CONSÓRCIO CANOPUS, JOVEM EMPRESÁRIO QUE ESTÁ INVESTINDO EM NOSSA CIDADE.  </t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/708/708_texto_integral.pdf</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/708/708_texto_integral.pdf</t>
   </si>
   <si>
     <t>A VEREADORA QUE A ESTA SUBSCREVE,  USANDO DE SUAS ATRIBUIÇÕES LEGAIS, REQUER A V. EXA. QUE OUVIDO O PLENÁRIO, REGISTRE NOS ANAIS DESTA CASA, VOTOS DE APLAUSOS AO MÉDICO ANDRÉ VILELA MARQUINHOS DE OLIVEIRA, CIRURGIÃO GERAL NO PRONTO SOCORRO MUNICIPAL DE BARRA DO GARÇAS-MT, MORADOR EM NOSSO MUNICÍPIO, PELO EMPENHO E DEDICAÇÃO EM CONSEGUIR A VAGA NA UNIDADE DE TERAPIA INTENSIVA PEDIÁTRICA NA SANTA CASA DE MISERICÓRDIA EM CUIABÁ, PARA A CRIANÇA JOÃO VITOR.</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>VICENTE FERREIRA, Luciano Costa</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/709/709_texto_integral.pdf</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/709/709_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">                                                  OS VEREADORES QUE A ESTA SUBSCREVEM,  USANDO DE SUAS ATRIBUIÇÕES LEGAIS, REQUER A V. EXA. QUE OUVIDO O PLENÁRIO, REGISTRE NOS ANAIS DESTA CASA, VOTOS DE APLAUSOS DEPUTADO ESTADUAL LEONARDO ALBUQUERQUE DO PDT, PELOS SERVIÇOS PRESTADOS A AGRICULTURA FAMILIAR.</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/727/727_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/727/727_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUEREMOS, NA FORMA REGIMENTAL, E APÓS OUVIDO O PLENÁRIO DESTA CASA, QUE CONSTE DA ATA DOS TRABALHOS DESTA NOITE VOTOS DE PESAR À FAMÍLIA DO SR. AUGUSTINHO PEREIRA NETO, TABELIÃO DO CARTÓRIO DO 2º OFÍCIO DE BARRA DO GARÇAS-MT, PELO FALECIMENTO DO SEU FILHO AUGUSTO CÉSAR, OCORRIDO NA CIDADE DE BARRA DO GARÇAS-MT.</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/728/728_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/728/728_texto_integral.doc</t>
   </si>
   <si>
     <t>O VEREADOR QUE A ESTA SUBSCREVE,  USANDO DE SUAS ATRIBUIÇÕES LEGAIS, REQUER A V. EXª. QUE OUVIDO O PLENÁRIO, REGISTRE NOS ANAIS DESTA CASA, VOTOS DE APLAUSOS A ILMª. SRª LUCIA RODRIGUES DOS SANTOS, SECRETÁRIA MUNICIPAL DE MEIO AMBIENTE,  PELOS BRILHANTES SERVIÇOS PRESTADOS AO MUNICÍPIO.</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>Leandro de Carlos Cardoso, Antônia Parreira, Elismar Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/752/752_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/752/752_texto_integral.doc</t>
   </si>
   <si>
     <t>À FAMÍLIA DA SRª. GLAUCIA ROCHA OLIVIERI, ESCRITORA, EDUCADORA E FUNCIONÁRIA DA UNIVERSIDADE FEDERAL DE MATO GROSSO,  PELO SEU FALECIMENTO OCORRIDO NO ÚLTIMO DIA 09 (NOVE) DE JUNHO DO CORRENTE ANO. RESSALTANDO QUE A SRª GLÁUCIA, PESSOA MUITO QUERIDA EM NOSSA CIDADE E REGIÃO,   PRESTOU EXCELENTES TRABALHOS COM OS IDOSOS DA TERCEIRA IDADE DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/753/753_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/753/753_texto_integral.doc</t>
   </si>
   <si>
     <t>AO ILMº. SR. JOSÉ DONIZETE LUZIANO DE SOUZA, PASTOR DA IGREJA EVANGÉLICA ASSEMBLÉIA DE DEUS, MINISTÉRIO MADUREIRA, CAMPOS DE PONTAL DO ARAGUAIA-MT, PELO DIA DO PASTOR, COMEMORADO NO ÚLTIMO DIA 14 DE JUNHO DO CORRENTE ANO.</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/754/754_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/754/754_texto_integral.doc</t>
   </si>
   <si>
     <t>VOTOS DE PESAR À FAMÍLIA DA SRª. SEBASTIANA SEVERINA DA SILVA, PIONEIRA DE NOSSO MUNICÍPIO, PELO SEU FALECIMENTO OCORRIDO NESTA CIDADE.</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/796/796_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/796/796_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR  QUE A ESTA SUBSCREVE, USANDO DE SUAS ATRIBUIÇÕES LEGAIS, REQUER A V. EXA. QUE OUVIDO O PLENÁRIO, REGISTRE NOS ANAIS DESTA CASA, VOTOS DE APLAUSOS AO EXMº. SR. MAX RUSSI, DD. DEPUTADO ESTADUAL PELO PSB, PELO EMPENHO EM RELAÇÃO A REABERTURA DO PARQUE DA SERRA AZUL EM BARRA DO GARÇAS &amp;#8211; MT, INCENTIVANDO  O TURISMO EM NOSSA REGIÃO. </t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/804/804_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/804/804_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">                                                  A VEREADORA QUE A ESTA SUBSCREVE,  USANDO DE SUAS ATRIBUIÇÕES LEGAIS, REQUER A V. EXA. QUE OUVIDO O PLENÁRIO, REGISTRE NOS ANAIS DESTA CASA, VOTOS DE APLAUSOS AOS POLICIAIS MILITARES, 1º SGTº. JOÃO ABADIO DE OLIVEIRA E 1º SGTº  PEDRO NUNES BATISTA, PELO ATENDIMENTO OCORRIDO NA PRAIA DA ARARA, DURANTE A TEMPORADA DE PRAIA, AGINDO COM RAPIDEZ, QUANDO UM MENOR PILOTANDO UM JET SKI INVADIU A ÁREA DELIMITADA AOS BANHISTAS, VINDO A BATER EM DUAS PESSOAS, CAUSANDO FERIMENTOS EM AMBAS. OS BANHISTAS REVOLTADOS COM A SITUAÇÃO, TENTARAM AGREDIR O MENOR CONDUTOR, ONDE HOUVE  INTERFERÊNCIA DOS POLICIAIS MILITARES CITADOS, EVITANDO ASSIM, QUE ACONTECESSE UM MAL MAIOR.</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/805/805_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/805/805_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">                                                  A VEREADORA QUE A ESTA SUBSCREVE,  USANDO DE SUAS ATRIBUIÇÕES LEGAIS, REQUER A V. EXA. QUE OUVIDO O PLENÁRIO, REGISTRE NOS ANAIS DESTA CASA, VOTOS DE APLAUSOS AOS BOMBEIROS MILITARES, 2º SGTº. PM DJALMA RAMOS DE OLIVEIRA, 2º SGTº. ROBERVAL DE OLIVEIRA,  3º SGTº PM JOSÉ DUTRA RAMALHO, CB PM CÉLIO MARQUES DE OLIVEIRA, SOLDADOS PM RUDINEY TAVEIRA, CAIO CESAR OLIVEIRA SANTOS, JHÉSUS MELO DOS SANTOS, OTÁVIO AUGUSTO DE OLIVEIRA SILVA, PELO ATENDIMENTO OCORRIDO NA PRAIA DA ARARA, NO DIA 19 DE JULHO, DURANTE A TEMPORADA DE PRAIA.</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/815/815_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/815/815_texto_integral.doc</t>
   </si>
   <si>
     <t>DA ATA DOS TRABALHOS DESTA NOITE VOTOS DE PESAR À FAMÍLIA DO SR. CARLOS EDUARDO SOUZA NEGREIRO, UM DOS PIONEIROS DESTA CIDADE E EX-VEREADOR DESTA CÂMARA MUNICIPAL.  SR. EDUARDO NEGREIRO COMO ERA CONHECIDO FOI VEREADOR CONSTITUINTE DESTE MUNICÍPIO, FAZENDO PARTE DA PRIMEIRA LEGISLATURA DA CÂMARA MUNICIPAL, PARTICIPOU DA ELABORAÇÃO DOS PRIMEIROS PROJETOS E DA CONSTITUIÇÃO MUNICIPAL (LEI ORGÂNICA). FOI ELEITO EM 2001 PARA SEU SEGUNDO MANDATO, SENDO PRESIDENTE DA CÂMARA NO ANO DE 2002, ONDE NÃO MEDIU ESFORÇOS PARA A CONSTRUÇÃO DO PRÉDIO PRÓPRIO DO LEGISLATIVO.</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/816/816_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/816/816_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">                                                  O VEREADOR QUE A ESTA SUBSCREVE,  USANDO DE SUAS ATRIBUIÇÕES LEGAIS, REQUER A V. EXA. QUE OUVIDO O PLENÁRIO, REGISTRE NOS ANAIS DESTA CASA, VOTOS DE APLAUSOS AO EXMº. SR. AURÉLIO MENDES, PREFEITO MUNICIPAL DE ARAGARÇAS-GO E AO VER. EDUARDO PERES PACHECO (DUDU), TAMBÉM DAQUELA CIDADE,  PELA AJUDA DADA PARA O ENCAMINHAMENTO URGENTE DO EX-PREFEITO AÉRITON WAGNER CASTRO DOS SANTOS DE NOSSA CIDADE,  PARA GOIÂNIA-GO, A FIM DE FAZER UMA CIRURGIA.</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/828/828_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/828/828_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
                                                   O VEREADOR QUE A ESTA SUBSCREVE,  USANDO DE SUAS ATRIBUIÇÕES LEGAIS, REQUER A V. EXA. QUE OUVIDO O PLENÁRIO, REGISTRE NOS ANAIS DESTA CASA, VOTOS DE APLAUSOS AOS  CATEQUIZANDOS DE NOSSO MUNICÍPIO, PELO DIA DO CATEQUISTA (25 DE AGOSTO): ALCIONE BALDUINO, JONVANI ALVES, KATHY POLIZELLI, LUCIANO DINIZ, TATIANE MARLLA, LUANA GOMES E PAMELLA._x000D_
 </t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/848/848_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/848/848_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMº. SR. DEP. ESTADUAL GUILHERME ANTONIO MALUF, PRESIDENTE DA ASSEMBLEIA LEGISLATIVA DO ESTADO DE MATO GROSSO, PELO APOIO QUE TEM DADO À UCMMAT &amp;#8211; UNIÃO DAS CÂMARAS MUNICIPAIS DO ESTADO DE MATO GROSSO.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/849/849_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/849/849_texto_integral.doc</t>
   </si>
   <si>
     <t>A VEREADORA QUE A ESTA SUBSCREVE,  USANDO DE SUAS ATRIBUIÇÕES LEGAIS, REQUER A V. EXA. QUE OUVIDO O PLENÁRIO, REGISTRE NOS ANAIS DESTA CASA, VOTOS DE APLAUSOS AO EXMº. SR. PEDRO TAQUES, GOVERNADOR DO ESTADO, PELO APOIO QUE TEM DADO À UCMMAT &amp;#8211; UNIÃO DAS CÂMARAS MUNICIPAIS DO ESTADO DE MATO GROSSO.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/851/851_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/851/851_texto_integral.doc</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/860/860_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/860/860_texto_integral.doc</t>
   </si>
   <si>
     <t>O VEREADOR  QUE A ESTA SUBSCREVE, USANDO DE SUAS ATRIBUIÇÕES LEGAIS, REQUER A V. EXA. QUE OUVIDO O PLENÁRIO, REGISTRE NOS ANAIS DESTA CASA, VOTOS DE APLAUSOS AO ILMº. SR. SANDOVAL GOMES, RADIALISTA NA RÁDIO ARUANÃ,  PELOS TRABALHOS PRESTADOS À NOSSA COMUNIDADE, VISTO QUE TODAS AS MANHÃS LEVA O ENTRETENIMENTO E ATÉ MESMO, FAZ UM TRABALHO SOCIAL LEVANDO AO AR OS RECADOS À NOSSA COMUNIDADE RURAL.</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/864/864_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/864/864_texto_integral.doc</t>
   </si>
   <si>
     <t>A VEREADORA QUE A ESTA SUBSCREVE,  USANDO DE SUAS ATRIBUIÇÕES LEGAIS, REQUER A V. EXA. QUE OUVIDO O PLENÁRIO, REGISTRE NOS ANAIS DESTA CASA, VOTOS DE APLAUSOS AO ILMº. SR. CELSO JOSÉ DA SILVA FILHO, PROFESSOR DA ESCOLA MUNICIPAL SÃO JORGE,  A 12 (DOZE) ANOS,   NATURAL DE BALIZA, CRIADO EM TORIXORÉU-MT E REGIÃO DO BOCA PRA RIBA, HOJE MUNICÍPIO DE PONTAL DO ARAGUAIA-MT. FILHO DE CELSO JOSÉ DA SILVA E ERMÍNIA GOMES DA SILVA, PELA AUTORIA E PUBLICAÇÃO DO ROMANCE POLICIAL &amp;#8220;SOB O LUAR DA ARARA&amp;#8221;.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/866/866_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/866/866_texto_integral.doc</t>
   </si>
   <si>
     <t>A VEREADORA QUE A ESTA SUBSCREVE,  USANDO DE SUAS ATRIBUIÇÕES LEGAIS, REQUER A V. EXA. QUE OUVIDO O PLENÁRIO, REGISTRE NOS ANAIS DESTA CASA, VOTOS DE APLAUSOS AOS ILMºS. SRS. SERGIO  E ROSANA BIRCK, PROPRIETÁRIOS DO SÍTIO BIRCK,  O QUAL DÁ ACESSO A PRAIA DA PRIMAVERA,  POR TER CEDIDO O LOCAL PARA  A REFERIDA PRAIA, QUE ESTÁ SENDO LOCAL DE LAZER PARA A COMUNIDADE PONTALENSE.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/870/870_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/870/870_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUEREMOS, NA FORMA REGIMENTAL, E APÓS OUVIDO O PLENÁRIO DESTA CASA, QUE CONSTE DA ATA DOS TRABALHOS DESTA NOITE VOTOS DE PESAR À FAMÍLIA DO SR. SILVANI BATISTA DA SILVA,  PELO SEU FALECIMENTO OCORRIDO NESTA CIDADE.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/871/871_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/871/871_texto_integral.doc</t>
   </si>
   <si>
     <t>A VEREADORA QUE A ESTA SUBSCREVE,  USANDO DE SUAS ATRIBUIÇÕES LEGAIS, REQUER A V. EXA. QUE OUVIDO O PLENÁRIO, REGISTRE NOS ANAIS DESTA CASA, VOTOS DE APLAUSOS AOS ILMºS. SRS. MARIA DIVINA, JANAINA BORGES, MARCOS VELOSO, MONICA PAES, ELIEIDE TRINDADE, CONSELHEIROS TUTELARES ELEITOS.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/872/872_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/872/872_texto_integral.doc</t>
   </si>
   <si>
     <t>AO ILMº. SR. CELSON SOUSA, VEREADOR DE BARRA DO GARÇAS-MT, PELO EMPENHO JUNTO AO ESPORTE DA CIDADE  E REGIÃO, ONDE O BARRA ARAGUAIA, RETORNOU A PRIMEIRA DIVISÃO DO CAMPEONATO MATOGROSSENSE.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/921/921_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/921/921_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">VOTOS DE APLAUSOS AOS POLICIAIS MILITARES, ILMºS. SRS.  2º TENENTE PM SILEIMANN, , 3º SARGENTO PM VALTEIR, CABO PM MENDES E SOLDADOS PM KEVIN KLINE, DA CUNHA E TERRES, PELA AGILIDADE NO TRABALHO PRESTADO AO ASSALTO À MÃO ARMADA  NA MERCEARIA CAMPOS EM NOSSO MUNICÍPIO. </t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/992/992_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/992/992_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE A ESTA SUBSCREVE,  USANDO DE SUAS ATRIBUIÇÕES LEGAIS, REQUER A V. EXA. QUE OUVIDO O PLENÁRIO, REGISTRE NOS ANAIS DESTA CASA, VOTOS DE APLAUSOS AOS POLICIAIS MILITARES, 3º SARGENTO JOÃO FARIAS DE ALBUQUERQUE E AO SOLDADO MARCOS AURÉLIO SILVA SIQUEIRA, PELO COMBATE AO TRÁFICO E USO DE ENTORPECENTES EM NOSSO MUNICÍPIO. SÃO INICIATIVAS DESSA NATUREZA, QUE DEVEMOS REGISTRAR NOS ANAIS DESTA CASA DE LEIS. </t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica</t>
   </si>
   <si>
     <t>Edimilson de Aguiar Oliveira, Elismar Nogueira, Leandro de Carlos Cardoso, Leila Apª  Antônia B. e Silva, Marquinhos</t>
   </si>
   <si>
     <t xml:space="preserve">MODIFICA O ART. 87 DA LEI ORGÂNICA MUNICIPAL. _x000D_
                                                                                                                                       _x000D_
                                                                              </t>
   </si>
   <si>
@@ -5030,66 +5030,66 @@
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DE LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2016 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO PARÁGRAFO ÙNICO DO ART. 3º E OS ARTS. 11, 18, 19,20,21,22,25 E 26 DA LEI MUNICIPAL Nº 047/93 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PARCELAMENTO E PAGAMENTO DOS DÉBITOS DA PREFEITURA MUNICIPAL DE PONTAL DO ARAGUAIA, REFERENTE AS CONTRIBUIÇÕES PREVIDENCIÁRIAS DEVIDAS AO FUNAPEM</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONCEDER AUMENTO SALARIAL AOS AGENTES COMUNITÁRIOS DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/630/630_texto_integral.pdf</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/630/630_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ATUALIZAÇÃO MONETÁRIA DOS VALORES FIXADOS NA LEI 8.666/93 COM BASE NO INDEXADOR IGP-M, OS QUAIS PASSAM A VIGORAR NOS PROCEDIMENTOS LICITATÓRIOS REALIZADOS NO MUNICÍPIO DE PONTAL DO ARAGUAIA-MT E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
     <t>DISPOE SOBRE A CRIAÇÃO E IMPLANTAÇÃO DO CONSELHO MUNICIPAL DO MEIO AMBIENTE (COMAM) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/672/672_texto_integral.pdf</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/672/672_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CONTRATAÇÃO DE PESSOAL PARA ATENDER A NECESSIDADE TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO, NOS TERMOS DO INCISO IX DO ART. 37 DA CONSTITUIÇÃO FEDERAL._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
     <t>DISPOE SOBRE A CONTRATAÇÃO DE PESSOAL PARA ATENDER A NECESSIDADE TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO, NOS TERMOS DOS INC.IX DO ART. 37 DA LEI ORGANICA DO MUNICIPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>APROVA O PLANO MUNICIPAL DE EDUCAÇÃO  (PME) PARA O PERÍODO DECÊNIO DE 2015 A 2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DECLARAÇÃO DE ZONAS DE INTERESSE SOCIAL - ZEIS, PARA FIM DE REGULARIZAÇÃO FUNDIÁRIA AS ÁREAS QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
@@ -5149,675 +5149,675 @@
   <si>
     <t>FICA AUTORIZADO A TRANSFERÊNCIA DO HOSPITAL E PRONTO SOCORRO MUNICIPAL PARA O CONSÓRCIO INTERMUNICIPAL DA REGIÃO GARÇAS ARAGUAIA E A CELEBRAÇÃO DE TERMO DE CONVÊNIO...</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO A VENDER, EM LEILÃO EM BENS MÓVEIS INSERVÍVEIS (VEÍCULOS, MÁQUINAS E ACESSÓRIOS) DE PROPRIEDADE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REGULAMENTAÇÃO NO ÂMBITO MUNICIPAL DO ART. 100, § 3º E 4º, DA CONSTITUIÇÃO FEDERAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>AUTORIZA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR ATÉ O LIMITE DE 10% (DEZ POR CENTO) DO VALOR FIXADO NA LEI MUNICIPAL 754/2014 (LOA 2015), E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>QUE ALTERA A LEI MUNICIPAL Nº 795/15 E AUTORIZA O PODER EXECUTIVO A INSTITUIR O PROGRAMA HABITACIONAL PRO-LAR 2ª ETAPA</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR EXCESSO DE ARRECADAÇÃO AO ORÇAMENTO DO EXERCÍCIO FINANCEIRO DE 2015.</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DOAÇÃO DE IMÓVEIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/959/959_texto_integral.pdf</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/959/959_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONTRATAÇÃO DE PESSOAL PARA ATENDER A NECESSIDADE TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO...</t>
   </si>
   <si>
     <t>AUTORIZAR O PODER EXECUTIVO A CONCEDER DESCONTO NO IPTU 2016,  NA DÍVIDA ATIVA E NO ISSQN E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DOAÇÃO DE IMÓVEIS E DÁ OUTRAS PROVIDÊNCIAS. IGREJA EVANGÉLICA LIBERDADE CRISTÃ</t>
   </si>
   <si>
     <t>PLOC</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINARIA DA CÂMARA</t>
   </si>
   <si>
     <t>Marquinhos, Elismar Nogueira, Leandro de Carlos Cardoso, Leila Apª  Antônia B. e Silva</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/925/925_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/925/925_texto_integral.doc</t>
   </si>
   <si>
     <t>&amp;#8220;ALTERA, O ART. 1º DA LEI MUNICIPAL Nº 706/2015, QUE &amp;#8220;CRIA A VERBA INDENIZATÓRIA E DÁ OUTRAS PROVIDÊNCIAS.&amp;#8221;</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/926/926_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/926/926_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE INCLUSÃO DE PROJETOS NOS ANEXOS DA LEI MUNICIPAL Nº 704/2013 DE 03/12/2013 &amp;#8211; DISPÕE SOBRE O PLANO PLURIANUAL &amp;#8211; PPA DO MUNICÍPIO DE PONTAL DO ARAGUAIA-MT PARA O PERÍODO 2014 A 2017.</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/927/927_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/927/927_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INCLUSÃO DE PROJETOS NOS ANEXOS DA LEI MUNICIPAL Nº 788/2015, QUE DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2016, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>NOMEIA A COMISSÃO  DE ACOMPANHAMENTO E FISCALIZAÇÃO NA EXECUÇÃO DO PROJETO DE LEI Nº 722/2015  E DÁ OUTRAS  PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/922/922_texto_integral.docx</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/922/922_texto_integral.docx</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE A CONCESSÃO DE DIÁRIAS DE VIAGENS PARA FORA DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/923/923_texto_integral.docx</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/923/923_texto_integral.docx</t>
   </si>
   <si>
     <t>&amp;#8220;OUTORGA TÍTULO DE CIDADANIA PONTALENSE&amp;#8221;.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/924/924_texto_integral.docx</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/924/924_texto_integral.docx</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/929/929_texto_integral.docx</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/929/929_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">                                  &amp;#8220;OUTORGA TÍTULO DE CIDADANIA PONTALENSE&amp;#8221;.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/930/930_texto_integral.docx</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/930/930_texto_integral.docx</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/943/943_texto_integral.docx</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/943/943_texto_integral.docx</t>
   </si>
   <si>
     <t>OUTORGA TÍTULOS DE CIDADANIA PONTALENSE</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/944/944_texto_integral.docx</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/944/944_texto_integral.docx</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/945/945_texto_integral.docx</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/945/945_texto_integral.docx</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/946/946_texto_integral.docx</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/946/946_texto_integral.docx</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/947/947_texto_integral.docx</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/947/947_texto_integral.docx</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/948/948_texto_integral.docx</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/948/948_texto_integral.docx</t>
   </si>
   <si>
     <t>OUTORGA TÍTULOS DE CIDADANIA PONTALENSE.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/949/949_texto_integral.docx</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/949/949_texto_integral.docx</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/950/950_texto_integral.docx</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/950/950_texto_integral.docx</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/951/951_texto_integral.docx</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/951/951_texto_integral.docx</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/952/952_texto_integral.docx</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/952/952_texto_integral.docx</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/953/953_texto_integral.docx</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/953/953_texto_integral.docx</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/954/954_texto_integral.docx</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/954/954_texto_integral.docx</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/955/955_texto_integral.docx</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/955/955_texto_integral.docx</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/956/956_texto_integral.docx</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/956/956_texto_integral.docx</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE A ALTERAÇÃO DA RESOLUÇÃO 007/1994 (SOBRE ESTRUTURA E PLANO DE CARGOS E SALÁRIOS DA CÂMARA MUNICIPAL), E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/463/463_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/463/463_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A EXMª. SRª. DIVINA MARIA DA SILVA ODA, DDª PREFEITA MUNICIPAL,  SOLICITANDO CÓPIAS DOS DOCUMENTOS DE DESPESA, OU SEJA, DO QUE FOI GASTO NO SHOW DE ISRAEL E RODOLFO 2013, TENDO EM VISTA &amp;#8220;REPRESENTAÇÃO INTERNA, PROTOCOLADA NO TRIBUNAL DE CONTAS DO ESTADO DE MATO GROSSO, SENDO QUE A MESMA FOI ACATADA PELO CONSELHEIRO ANTÔNIO JOAQUIM, CONFORME FONTE DO JORNAL , SITE &amp;#8220;OLHAR DIRETO&amp;#8221;, NO MÊS DE JANEIRO.                     </t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/464/464_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/464/464_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA MARIA DA SILVA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A CAIXA ECONÔMICA FEDERAL,  SOLICITANDO ESCLARECIMENTOS EM RELAÇÃO AS PRÉ-INSCRIÇÕES E/OU REQUERIMENTOS QUE ESTÃO SENDO PREENCHIDOS NAS INSTALAÇÕES DA PREFEITURA MUNICIPAL NA SECRETARIA DE AÇÃO SOCIAL: QUAL PROGRAMA? CRITÉRIOS PARA SELEÇÃO DOS POSSÍVEIS AGRACIADOS? COMPOSIÇÃO DO CONSELHO PARA ACOMPANHAMENTO? QUAL A ÁREA DESTINADA PARA O RESPECTIVO PROGRAMA? E ACIMA DE TUDO POR QUAL MOTIVO NÃO FOI OFICIALIZADO AO LEGISLATIVO TENDO EM VISTA A IMPORTÂNCIA DE TAL PROGRAMA PARA OS NOSSOS MUNÍCIPES.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/465/465_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/465/465_texto_integral.doc</t>
   </si>
   <si>
     <t>ILMº. SR. JAMAL MAHMUD LUCAS WADI, MD. SECRETÁRIO MUNICIPAL DE SAÚDE,   SOLICITANDO SUA PRESENÇA PARA ESCLARECIMENTOS E SE POSSÍVEL COM A DOCUMENTAÇÃO QUE JUSTIFIQUE O PORQUE DO NÃO ATENDIMENTO NAS UNIDADES DE SAÚDE DA FAMÍLIA, POR PARTE DOS MÉDICOS (DEZEMBRO E PRIMEIRA QUINZENA DE JANEIRO) E AINDA, A FALTA DE MEDICAÇÃO E EXAMES ROTINEIROS. AINDA, RELAÇÃO DAS EMPRESAS QUE A SECRETARIA MUNICIPAL DE SAÚDE, MANTÊM CONVÊNIOS. SOLICITAMOS AINDA, QUE SE CUMPRA O PRAZO REGIMENTAL.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/466/466_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/466/466_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve"> A EXMª. SRª DIVINA MARIA DA SILVA ODA, DDª PREFEITA MUNICIPAL, E CÓPIA AO DEPARTAMENTO DE TRIBUTOS, VALORES E DATAS DO REPASSE DO ISSQN, RELATIVOS A PAVIMENTAÇÃO, OBRA DA MT-100, LIGANDO PONTAL DO ARAGUAIA-MT A TORIXORÉU-MT, COM CÓPIAS DOS RESPECTIVOS PAGAMENTOS, A EMPRESA SANCHES TRIPOLONI.  REQUEREMOS AINDA, QUE SE CUMPRA O PRAZO REGIMENTAL.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/488/488_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/488/488_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA MARIA DA SILVA ODA, DDª PREFEITA MUNICIPAL,  SOLICITANDO CÓPIA DO  DECRETO QUE NOMEIA A COMISSÃO DE IMPOSTO DE TRANSMISSÃO DE BENS INTERVIVOS &amp;#8211; ITBI.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/489/489_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/489/489_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A EXMª. SRª. DIVINA MARIA DA SILVA ODA, DDª PREFEITA MUNICIPAL,  COM CÓPIA A SECRETARIA MUNICIPAL DE EDUCAÇÃO, SOLICITANDO CÓPIA DOS VALORES PAGOS AOS PROFESSORES CONTRATADOS NO ANO DE 2014._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
     <t>REQUER AO EXECUTIVO COM CÓPIA AO SAE, INFORMAÇÕES QUANTO A FALTA DE ÁGUA NO SETOR CENTRAL DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/513/513_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/513/513_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA MARIA DA SILVA ODA, DDª PREFEITA MUNICIPAL,  SOLICITANDO CÓPIA DA FOLHA DE PAGAMENTO DA PREFEITURA MUNICIPAL: CONCURSADOS, CONTRATADOS E COMISSIONADOS E AINDA, RELAÇÃO DOS SERVIDORES COM GRATIFICAÇÃO DE FUNÇÃO.</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/514/514_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/514/514_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA MARIA DA SILVA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA AO EXMº. SR. NININHO BORTOLONI, DD. DEPUTADO ESTADUAL,  SOLICITANDO ESCLARECIMENTOS COM RELAÇÃO AO REPASSE DO ÓLEO DIESEL DOADO PELO DEP. NININHO NO ANO DE 2014, PARA O ASSENTAMENTO APROSOL.</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/515/515_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/515/515_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA MARIA DA SILVA ODA, DDª PREFEITA MUNICIPAL,  SOLICITANDO INFORMAÇÕES SOBRE A FINALIDADE QUE SERÁ DADA AO ANTIGO PRÉDIO DA SECRETARIA DE ESTADO DE FAZENDA, NO POSTO FISCAL.</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/535/535_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/535/535_texto_integral.doc</t>
   </si>
   <si>
     <t>AO EXMº. SR. JOSÉ MARQUES FIGUEIREDO DE SOUZA, DD. PRESIDENTE DA CÂMARA MUNICIPAL,   SOLICITANDO CÓPIA  DO PROJETO DE LEI Nº 729/15 QUE DEU ENTRADA NA SESSÃO ORDINÁRIA DO DIA 02/03/15, &amp;#8220;QUE DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO PARA O EXERCÍCIO DE 2015.</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA MARIA DA SILVA ODA, DDª PREFEITA MUNICIPAL,  SOLICITANDO CÓPIA DO PROJETO ARQUITETÔNICO DA REFORMA DA PRAÇA JONAS PINHEIRO.</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/554/554_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/554/554_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA MARIA DA SILVA ODA, DDª PREFEITA MUNICIPAL, SOLICITANDO INFORMAÇÕES COM RELAÇÃO AO PARQUE TURÍSTICO/LAGO: O VALOR DO REPASSE, EMPRESA RESPONSÁVEL PELA OBRA E PRESTAÇÃO DE CONTAS COM CÓPIAS DAS NOTAS FISCAIS, CHEQUES OU DE TRANSFERÊNCIA BANCÁRIA, E SE A REFERIDA OBRA ESTÁ EM FASE DE ACABAMENTO OU JÁ ESTÁ CONCLUÍDA.</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/561/561_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/561/561_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA MARIA DA SILVA ODA, DDª PREFEITA MUNICIPAL,  SOLICITANDO INFORMAÇÕES COM RELAÇÃO AO SEMÁFORO QUE SERIA INSTALADO ENTRE AS PONTES SOBRE OS RIOS GARÇAS E ARAGUAIA, NO SENTIDO DE RESOLVER A PROBLEMÁTICA DO TRÂNSITO NO ANTIGO POSTO FISCAL.</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/577/577_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/577/577_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA MARIA DA SILVA ODA, DDª PREFEITA MUNICIPAL,  SOLICITANDO INFORMAÇÕES COM RELAÇÃO AO PROCESSO SELETIVO, VISTO QUE ATÉ O PRESENTE MOMENTO O PROJETO DE LEI QUE O AUTORIZA NÃO FOI PROTOCOLADO NESTA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/578/578_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/578/578_texto_integral.doc</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/613/613_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/613/613_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUEIRO À MESA, NA FORMA REGIMENTAL E APÓS OUVIR O SOBERANO PLENÁRIO, QUE SEJA OFICIADO JUNTAMENTE COM CÓPIA DESTE, A EXMª. SRª. DIVINA MARIA DA SILVA ODA, DDª PREFEITA MUNICIPAL,  SOLICITANDO INFORMAÇÕES SOBRE O CONVÊNIO DA PREFEITURA MUNICIPAL COM O PNATE &amp;#8211; PROGRAMA NACIONAL DE  APOIO AO TRANSPORTE ESCOLAR.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/614/614_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/614/614_texto_integral.doc</t>
   </si>
   <si>
     <t>AO EXMº. SR. PEDRO TAQUES, DD. GOVERNADOR DO ESTADO,  SOLICITANDO INFORMAÇÕES SOBRE O TÉRMINO DO ASFALTAMENTO DA MT-100, TRECHO QUE LIGA PONTAL DO ARAGUAIA-MT A TORIXORÉU-MT.</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/632/632_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/632/632_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA MARIA DA SILVA ODA, DDª PREFEITA MUNICIPAL, SOLICITANDO QUE JUSTIFIQUE E FUNDAMENTE POR QUE O MUNICÍPIO DE PONTAL DO ARAGUAIA  NÃO TEM UMA CASA DE APOIO PARA OS MUNÍCIPES QUE PRECISAM SER ENCAMINHADOS PARA TRATAMENTO EM CUIABÁ-MT.</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/633/633_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/633/633_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA MARIA DA SILVA ODA, DDª PREFEITA MUNICIPAL, SOLICITANDO INFORMAÇÕES SOBRE QUE PROVIDÊNCIAS FORAM TOMADAS ATÉ O PRESENTE MOMENTO PARA A CONSTRUÇÃO DO ATERRO SANITÁRIO EM PONTAL DO ARAGUAIA.</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/675/675_texto_integral.pdf</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/675/675_texto_integral.pdf</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA MARIA DA SILVA ODA, DDª PREFEITA MUNICIPAL, SOLICITANDO INFORMAÇÕES EM RELAÇÃO A ESTUDOS E PROJETOS DE CAPTAÇÃO DE ÁGUAS PLUVIAIS NO BAIRRO ARAGUAIA CENTER.</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/676/676_texto_integral.pdf</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/676/676_texto_integral.pdf</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA MARIA DA SILVA ODA, DDª PREFEITA MUNICIPAL, SOLICITANDO INFORMAÇÕES EM RELAÇÃO AO ATENDIMENTO PARA O TRATAMENTO DO MENOR GEOVANI FIGUEIREDO.</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/677/677_texto_integral.pdf</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/677/677_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA MARIA DA SILVA ODA, DDª PREFEITA MUNICIPAL, SOLICITANDO INFORMAÇÕES EM RELAÇÃO AO FECHAMENTO DA AGÊNCIA DE TRÂNSITO DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/678/678_texto_integral.pdf</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/678/678_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA MARIA DA SILVA ODA, DDª PREFEITA MUNICIPAL, SOLICITANDO RELAÇÃO DE TODOS OS CARGOS COMISSIONADOS COM SEUS RESPECTIVOS DESVIOS DE FUNÇÃO.</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/741/741_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/741/741_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA MARIA DA SILVA ODA, DDª PREFEITA MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE EDUCAÇÃO, REQUERENDO INFORMAÇÕES DO POR QUE DO ÔNIBUS DE TRANSPORTE ESCOLAR NÃO ESTAR ADENTRANDO O ASSENTAMENTO APROSOL PARA PEGAR OS ALUNOS.</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/756/756_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/756/756_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA MARIA DA SILVA ODA, DDª PREFEITA MUNICIPAL, SOLICITANDO O CRONOGRAMA DO PLANO DE TRABALHO DA REVITALIZAÇÃO DAS ESTRADAS DA ZONA RURAL.</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/757/757_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/757/757_texto_integral.doc</t>
   </si>
   <si>
     <t>A  EXMª. SRª. DIVINA MARIA DA SILVA ODA, DDª PREFEITA MUNICIPAL, SOLICITANDO CÓPIA DO PROCESSO LICITATÓRIO DA OBRA DE DUPLICAÇÃO DA AV. UNIVERSITÁRIA (DUPLICAÇÃO, JARDINAGEM, MEIO-FIO, ETC).</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/758/758_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/758/758_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA MARIA DA SILVA ODA, DDª PREFEITA MUNICIPAL, SOLICITANDO CÓPIA DO PLANO DE TRABALHO E PROCESSO LICITATÓRIO DA PRAÇA JONAS PINHEIRO.</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/759/759_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/759/759_texto_integral.doc</t>
   </si>
   <si>
     <t>ILMª. SRª. DAYANY CASSIMIRO BATISTA BRITO, TESOUREIRA DA PREFEITURA MUNICIPAL, SOLICITANDO CÓPIA DOS PAGAMENTOS FEITOS E DAS MEDIÇÕES DETALHADAS OBJETO DA ORDEM DE PAGAMENTO A EMPRESA E.E. CAMARGO E CIA LTDA, FEITOS POR  VOSSA SENHORIA, REFERENTE AS NOTAS FISCAIS AVULSAS DE PRESTAÇÃO DE SERVIÇOS NÚMEROS 6730, 6688, 6547, 6404 E 5924, ASSIM COMO O RECOLHIMENTO DE TODOS OS TRIBUTOS E IMPOSTOS RELATIVOS A ESSES PAGAMENTOS.</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/760/760_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/760/760_texto_integral.doc</t>
   </si>
   <si>
     <t>ILMº. SR. WHEDNO PEREIRA DE SOUZA, COORDENADOR MUNICIPAL DE TRIBUTAÇÃO, SOLICITANDO QUE SEJAM ENCAMINHADAS CÓPIAS DE NOTAS DE PRESTAÇÃO DE SERVIÇOS AVULSAS FEITA POR PESSOAS FÍSICAS PARA RECEBIMENTOS DE SERVIÇOS PRESTADOS A PREFEITURA MUNICIPAL NOS ANOS DE 2013 E 2014.</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/761/761_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/761/761_texto_integral.doc</t>
   </si>
   <si>
     <t>A  ILMª. SRª. MARIZETH PROCÓPIO SOUZA, PRESIDENTE DA COMISSÃO DE LICITAÇÃO, SOLICITANDO DOCUMENTAÇÃO COMPLETA DE TODO O PROCESSO LICITATÓRIO DO PARQUE TURÍSTICO, CONVÊNIO 783286/2013, SUPERINT. DE DESENVOLVIMENTO DO CENTRO OESTE, EMPRESAS PARTICIPANTES, PROPOSTA DE CADA EMPRESA/RESULTADO, CONTRATO COM EMPRESA VENCEDORA E ORDEM DE SERVIÇO.</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/817/817_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/817/817_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. MARIA LÚCIA CAVALLI NEDER, MAGNIFICA REITORA DA UNIVERSIDADE FEDERAL DE MATO GROSSO, SOLICITANDO INFORMAÇÕES COM RELAÇÃO AO CAMPUS DE PONTAL DO ARAGUAIA.</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/827/827_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/827/827_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">REQUEIRO À MESA, NA FORMA REGIMENTAL E APÓS OUVIR O SOBERANO PLENÁRIO, QUE SEJA OFICIADO JUNTAMENTE COM CÓPIA DESTE, A  DIRETORIA DO SAE, REQUERENDO INFORMAÇÕES COM RELAÇÃO À FALTA DE ABASTECIMENTO DE ÁGUA EM NOSSO MUNICÍPIO.	</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/839/839_texto_integral.pdf</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/839/839_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER ANULAÇÃO DO EDITAL Nº 001/2015 &amp;#8211; PROGRAMA HABITACIONAL PROLAR</t>
   </si>
   <si>
     <t>Elismar Nogueira, Edimilson de Aguiar Oliveira, Leandro de Carlos Cardoso, Leila Apª  Antônia B. e Silva</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/844/844_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/844/844_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">                                       REQUEIRO À MESA, NA FORMA REGIMENTAL E APÓS OUVIR O SOBERANO PLENÁRIO, QUE SEJA OFICIADO JUNTAMENTE COM CÓPIA DESTE, A  EXMª. SRª. DIVINA ODA, PREFEITA MUNICIPAL, SOLICITANDO INFORMAÇÕES COM RELAÇÃO AO REPASSE DO FETHAB &amp;#8211; FUNDO ESTADUAL DE TRANSPORTE E HABITAÇÃO, QUAL O VALOR QUE ESTÁ SENDO CREDITADO E QUAIS FORAM OS INVESTIMENTOS FEITOS NA ZONA RURAL  (ESTRADAS, PONTES) E/OU CONSERTO DE MAQUINÁRIOS.</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/845/845_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/845/845_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA MARIA DA SILVA ODA, DDª PREFEITA MUNICIPAL,  SOLICITANDO INFORMAÇÕES COM RELAÇÃO A INSTALAÇÃO DA EQUIPE &amp;#8220;CAR&amp;#8221; DA POLÍCIA MILITAR EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/846/846_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/846/846_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA MARIA DA SILVA ODA, DDª PREFEITA MUNICIPAL,  SOLICITANDO INFORMAÇÕES REFERENTE AO ATRASO NO SALÁRIO DOS SERVIDORES MUNICIPAIS, TANTO DOS EFETIVOS, QUANTO DOS COMISSIONADOS E CONTRATADOS. REQUEIRO AINDA, ESCLARECIMENTOS DO PORQUE PARA EFETUAR O PAGAMENTO DO MÊS ANTERIOR, O EXECUTIVO ESTÁ ESPERANDO O REPASSE DO DIA 10 (DEZ) DO MÊS SUBSEQÜENTE.</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/852/852_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/852/852_texto_integral.doc</t>
   </si>
   <si>
     <t>BANCO DO BRASIL S.A, AGÊNCIA BARRA DO GARÇAS-MT, SOLICITANDO INFORMAÇÕES COM RELAÇÃO AO FECHAMENTO DA UNIDADE QUE ATENDIA O MUNICÍPIO, INSTALADA NA AV. UNIVERSITÁRIA, AO LADO DO POSTO DE GASOLINA</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/853/853_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/853/853_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
                                        REQUEIRO À MESA, NA FORMA REGIMENTAL E APÓS OUVIR O SOBERANO PLENÁRIO, QUE SEJA OFICIADO JUNTAMENTE COM CÓPIA DESTE, AO SAE,  SOLICITANDO INFORMAÇÕES COM RELAÇÃO A FALTA DE ÁGUA QUE VEM OCORRENDO EM NOSSA CIDADE, PRINCIPALMENTE NOS BAIRROS MARIA JOAQUINA E LUZIA MARIA DE MORAES._x000D_
 </t>
   </si>
   <si>
     <t xml:space="preserve">REQUEIRO À MESA, NA FORMA REGIMENTAL E APÓS OUVIR O SOBERANO PLENÁRIO, QUE SEJA OFICIADO JUNTAMENTE COM CÓPIA DESTE, A ENERGISA S/A, COM CÓPIA A SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO E FINANÇAS, SOLICITANDO EXPLICAÇÕES QUANTO AO VALOR QUE O MUNICÍPIO DEVE A EMPRESA E QUAIS SÃO AS UNIDADES CONSUMIDORAS QUE ESTÃO EM ATRASO. </t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/858/858_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/858/858_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve"> REQUEIRO À MESA, NA FORMA REGIMENTAL E APÓS OUVIR O SOBERANO PLENÁRIO, QUE SEJA OFICIADO JUNTAMENTE COM CÓPIA DESTE, AO JUIZ DA 9ª ZONA ELEITORAL, COMARCA DE BARRA DO GARÇAS-MT,  REQUERENDO A PARTICIPAÇÃO DE UM MEMBRO DO CARTÓRIO ELEITORAL PARA AS ELEIÇÕES DE CONSELHEIROS MUNICIPAIS. </t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/865/865_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/865/865_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">REQUEIRO À MESA, NA FORMA REGIMENTAL E APÓS OUVIR O SOBERANO PLENÁRIO, QUE SEJA OFICIADO JUNTAMENTE COM CÓPIA DESTE, AO EXMº. SR. JOSÉ MARQUES FIGUEIREDO DE SOUZA (MARQUINHOS), PRESIDENTE DA CÂMARA MUNICIPAL,  REQUERENDO A PARTICIPAÇÃO DE UMA COMISSÃO DE VEREADORES PARA A ELEIÇÃO DE CONSELHEIROS TUTELARES MUNICIPAIS. </t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/919/919_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/919/919_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA MARIA DA SILVA ODA, DDª PREFEITA MUNICIPAL, SOLICITANDO A RELAÇÃO DOS &amp;#8220;COMPRADORES&amp;#8221; DOS LOTES &amp;#8220;PROLAR&amp;#8221; E AINDA CÓPIA DAS GUIAS DE RECOLHIMENTO E/OU PAGAMENTO.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/920/920_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/920/920_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA MARIA DA SILVA ODA, DDª PREFEITA MUNICIPAL, SOLICITANDO O NOME DO RESPONSÁVEL POR ATESTAR AS NOTAS FISCAIS DA SEC. MUNICIPAL DE EDUCAÇÃO.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/939/939_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/939/939_texto_integral.doc</t>
   </si>
   <si>
     <t>EXMª. SRª. DIVINA MARIA DA SILVA ODA, DDª PREFEITA MUNICIPAL, SOLICITANDO QUE DISPONIBILIZE A ESTA CASA E LEIS, ATRAVÉS DE PLANILHA SIMPLES E OBJETIVA RELAÇÃO DE TODOS OS MUNÍCIPES ATENDIDOS COM O MAQUINÁRIO DA PREFEITURA, CONSTANDO DATA, NÚMERO DE HORA/MÁQUINA POR ATENDIMENTO E SERVIÇO REALIZADO.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/940/940_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/940/940_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA MARIA DA SILVA ODA, DDª PREFEITA MUNICIPAL, SOLICITANDO QUE DISPONIBILIZE A ESTA CASA DE LEIS, RELATÓRIOS E PLANILHAS COM VALORES DE IMPOSTO PREDIAL E TERRITORIAL URBANO, EM RELAÇÃO S AÇÕES QUE FORAM TOMADAS PARA QUE SEJA FEITO O ENCONTRO DE CONTAS ENTRE A EMPRESA IMOBILIÁRIA PONTALESTE LTDA E O EXECUTIVO.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/941/941_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/941/941_texto_integral.doc</t>
   </si>
   <si>
     <t>A EXMª. SRª. DIVINA MARIA DA SILVA ODA, DDª PREFEITA MUNICIPAL, REQUERENDO INFORMAÇÕES DE QUANTOS LITROS DE COMBUSTÍVEIS SÃO GASTOS MENSALMENTE COM AS SECRETARIAS MUNICIPAIS DE OBRAS E EDUCAÇÃO, REFERENTE AOS ANOS DE 2013, 2014 E 2015.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
                                        REQUEIRO À MESA, NA FORMA REGIMENTAL E APÓS OUVIR O SOBERANO PLENÁRIO, QUE SEJA OFICIADO JUNTAMENTE COM CÓPIA DESTE, A EXMª. SRª. DIVINA ODA, PREFEITA MUNICIPAL, REQUERENDO A REVOGAÇÃO DO DECRETO 1560/2015, REFERENTE AO &amp;#8220;CANCELAMENTO DAS DESPESAS INSCRITAS EM RESTOS A PAGAR PROCESSADOS E NÃO PROCESSADOS, EMPENHADOS NOS EXERCÍCIOS DE 2008, 2009, 2010, 2012, 2013 E 2014.&amp;#8221; _x000D_
 </t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/967/967_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/967/967_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">REQUEIRO À MESA, NA FORMA REGIMENTAL E APÓS OUVIR O SOBERANO PLENÁRIO, QUE SEJA OFICIADO JUNTAMENTE COM CÓPIA DESTE, AO ILMº. SR. JAMAL LUCAS WADI, SECRETÁRIO MUNICIPAL DE SAÚDE,  SOLICITANDO INFORMAÇÃO DO PORQUE DO NÃO ATENDIMENTO DOS SENHORES  ADELSON PARREIRA DA SILVA E JOÃO DOMINGOS SOBRINHO. (INDICAÇÃO Nº 1155/2015 EM ANEXO). </t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/974/974_texto_integral.doc</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/974/974_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A DATA DA DIVULGAÇÃO DAS INSCRIÇÕES DOS PRÉ-COMPRADORES DOS LOTES PROLAR, DATA DE INICIO DE CADASTRAMENTO, A SECRETARIA RESPONSÁVEL, QUANTIDADE DE CADASTRADORES, HORÁRIO DE ATENDIMENTO PARA A COMUNIDADE FAZER AS INSCRIÇÕES.</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>REQPR</t>
   </si>
   <si>
     <t>REQUERIMENTO AO PRESIDENTE</t>
   </si>
   <si>
     <t>Popular</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/768/768_texto_integral.pdf</t>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/768/768_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABAIXO ASSINADO POR PEDIDO DE CRIAÇÃO DE COMISSÃO PARLAMENTAR DE INQUÉRITO</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
     <t>VT</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>VETO A EMENDA MODIFICATIVA Nº 017/15</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -6136,68 +6136,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/573/573_texto_integral.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/574/574_texto_integral.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/575/575_texto_integral.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/581/581_texto_integral.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/576/576_texto_integral.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/755/755_texto_integral.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/842/842_texto_integral.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/843/843_texto_integral.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/928/928_texto_integral.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/960/960_texto_integral.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/961/961_texto_integral.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/962/962_texto_integral.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/963/963_texto_integral.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/965/965_texto_integral.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/447/447_texto_integral.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/468/468_texto_integral.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/448/448_texto_integral.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/449/449_texto_integral.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/450/450_texto_integral.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/452/452_texto_integral.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/453/453_texto_integral.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/454/454_texto_integral.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/455/455_texto_integral.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/456/456_texto_integral.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/457/457_texto_integral.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/458/458_texto_integral.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/459/459_texto_integral.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/460/460_texto_integral.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/461/461_texto_integral.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/462/462_texto_integral.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/472/472_texto_integral.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/473/473_texto_integral.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/474/474_texto_integral.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/475/475_texto_integral.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/476/476_texto_integral.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/477/477_texto_integral.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/478/478_texto_integral.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/479/479_texto_integral.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/480/480_texto_integral.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/481/481_texto_integral.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/482/482_texto_integral.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/483/483_texto_integral.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/484/484_texto_integral.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/485/485_texto_integral.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/486/486_texto_integral.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/487/487_texto_integral.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/497/497_texto_integral.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/498/498_texto_integral.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/499/499_texto_integral.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/500/500_texto_integral.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/501/501_texto_integral.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/502/502_texto_integral.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/503/503_texto_integral.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/504/504_texto_integral.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/505/505_texto_integral.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/506/506_texto_integral.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/507/507_texto_integral.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/508/508_texto_integral.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/509/509_texto_integral.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/510/510_texto_integral.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/511/511_texto_integral.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/512/512_texto_integral.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/516/516_texto_integral.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/517/517_texto_integral.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/518/518_texto_integral.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/519/519_texto_integral.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/520/520_texto_integral.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/521/521_texto_integral.doc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/522/522_texto_integral.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/523/523_texto_integral.doc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/524/524_texto_integral.doc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/525/525_texto_integral.doc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/526/526_texto_integral.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/527/527_texto_integral.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/537/537_texto_integral.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/539/539_texto_integral.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/540/540_texto_integral.doc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/541/541_texto_integral.doc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/544/544_texto_integral.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/545/545_texto_integral.doc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/546/546_texto_integral.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/547/547_texto_integral.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/548/548_texto_integral.doc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/549/549_texto_integral.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/550/550_texto_integral.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/553/553_texto_integral.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/555/555_texto_integral.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/556/556_texto_integral.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/557/557_texto_integral.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/558/558_texto_integral.doc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/559/559_texto_integral.doc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/560/560_texto_integral.doc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/562/562_texto_integral.doc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/563/563_texto_integral.doc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/564/564_texto_integral.doc" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/565/565_texto_integral.doc" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/566/566_texto_integral.doc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/567/567_texto_integral.doc" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/568/568_texto_integral.doc" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/569/569_texto_integral.doc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/570/570_texto_integral.doc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/579/579_texto_integral.doc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/580/580_texto_integral.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/582/582_texto_integral.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/583/583_texto_integral.doc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/584/584_texto_integral.doc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/585/585_texto_integral.doc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/586/586_texto_integral.doc" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/587/587_texto_integral.doc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/588/588_texto_integral.doc" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/589/589_texto_integral.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/596/596_texto_integral.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/597/597_texto_integral.doc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/598/598_texto_integral.doc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/599/599_texto_integral.doc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/600/600_texto_integral.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/611/611_texto_integral.doc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/602/602_texto_integral.doc" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/603/603_texto_integral.doc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/604/604_texto_integral.doc" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/605/605_texto_integral.doc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/606/606_texto_integral.doc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/607/607_texto_integral.doc" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/615/615_texto_integral.doc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/616/616_texto_integral.doc" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/617/617_texto_integral.doc" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/618/618_texto_integral.doc" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/619/619_texto_integral.doc" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/620/620_texto_integral.doc" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/621/621_texto_integral.doc" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/622/622_texto_integral.doc" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/624/624_texto_integral.doc" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/625/625_texto_integral.doc" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/636/636_texto_integral.doc" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/637/637_texto_integral.doc" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/638/638_texto_integral.doc" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/639/639_texto_integral.doc" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/640/640_texto_integral.doc" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/641/641_texto_integral.doc" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/642/642_texto_integral.doc" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/643/643_texto_integral.doc" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/644/644_texto_integral.doc" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/645/645_texto_integral.doc" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/646/646_texto_integral.doc" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/647/647_texto_integral.doc" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/648/648_texto_integral.doc" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/649/649_texto_integral.doc" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/650/650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/651/651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/652/652_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/653/653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/654/654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/655/655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/656/656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/657/657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/658/658_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/659/659_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/662/662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/663/663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/664/664_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/665/665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/666/666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/667/667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/668/668_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/669/669_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/670/670_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/674/674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/679/679_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/680/680_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/681/681_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/682/682_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/683/683_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/684/684_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/685/685_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/686/686_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/687/687_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/688/688_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/689/689_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/691/691_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/692/692_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/693/693_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/694/694_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/695/695_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/696/696_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/697/697_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/698/698_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/699/699_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/700/700_texto_integral.doc" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/701/701_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/702/702_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/703/703_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/704/704_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/705/705_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/706/706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/707/707_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/710/710_texto_integral.doc" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/711/711_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/712/712_texto_integral.doc" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/713/713_texto_integral.doc" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/714/714_texto_integral.doc" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/715/715_texto_integral.doc" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/716/716_texto_integral.doc" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/717/717_texto_integral.doc" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/718/718_texto_integral.doc" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/719/719_texto_integral.doc" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/720/720_texto_integral.doc" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/721/721_texto_integral.doc" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/722/722_texto_integral.doc" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/723/723_texto_integral.doc" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/724/724_texto_integral.doc" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/725/725_texto_integral.doc" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/726/726_texto_integral.doc" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/729/729_texto_integral.doc" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/730/730_texto_integral.doc" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/731/731_texto_integral.doc" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/732/732_texto_integral.doc" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/733/733_texto_integral.doc" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/734/734_texto_integral.doc" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/735/735_texto_integral.doc" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/736/736_texto_integral.doc" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/737/737_texto_integral.doc" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/738/738_texto_integral.doc" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/739/739_texto_integral.doc" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/742/742_texto_integral.doc" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/743/743_texto_integral.doc" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/744/744_texto_integral.doc" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/745/745_texto_integral.doc" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/746/746_texto_integral.doc" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/747/747_texto_integral.doc" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/748/748_texto_integral.doc" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/749/749_texto_integral.doc" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/750/750_texto_integral.doc" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/751/751_texto_integral.doc" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/763/763_texto_integral.doc" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/764/764_texto_integral.doc" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/765/765_texto_integral.doc" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/766/766_texto_integral.doc" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/767/767_texto_integral.doc" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/769/769_texto_integral.doc" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/770/770_texto_integral.doc" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/771/771_texto_integral.doc" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/772/772_texto_integral.doc" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/773/773_texto_integral.doc" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/774/774_texto_integral.doc" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/775/775_texto_integral.doc" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/776/776_texto_integral.doc" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/777/777_texto_integral.doc" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/778/778_texto_integral.doc" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/779/779_texto_integral.doc" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/780/780_texto_integral.doc" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/781/781_texto_integral.doc" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/782/782_texto_integral.doc" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/783/783_texto_integral.doc" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/784/784_texto_integral.doc" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/785/785_texto_integral.doc" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/786/786_texto_integral.doc" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/794/794_texto_integral.doc" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/797/797_texto_integral.doc" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/798/798_texto_integral.doc" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/799/799_texto_integral.doc" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/800/800_texto_integral.doc" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/801/801_texto_integral.doc" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/802/802_texto_integral.doc" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/803/803_texto_integral.doc" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/806/806_texto_integral.doc" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/807/807_texto_integral.doc" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/808/808_texto_integral.doc" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/809/809_texto_integral.doc" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/810/810_texto_integral.doc" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/811/811_texto_integral.doc" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/812/812_texto_integral.doc" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/813/813_texto_integral.doc" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/814/814_texto_integral.doc" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/818/818_texto_integral.doc" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/819/819_texto_integral.doc" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/820/820_texto_integral.doc" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/821/821_texto_integral.doc" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/822/822_texto_integral.doc" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/823/823_texto_integral.doc" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/824/824_texto_integral.doc" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/825/825_texto_integral.doc" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/826/826_texto_integral.doc" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/829/829_texto_integral.doc" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/830/830_texto_integral.doc" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/831/831_texto_integral.doc" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/832/832_texto_integral.doc" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/833/833_texto_integral.doc" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/834/834_texto_integral.doc" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/835/835_texto_integral.doc" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/836/836_texto_integral.doc" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/838/838_texto_integral.doc" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/847/847_texto_integral.doc" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/850/850_texto_integral.doc" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/855/855_texto_integral.doc" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/856/856_texto_integral.doc" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/857/857_texto_integral.doc" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/859/859_texto_integral.doc" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/861/861_texto_integral.doc" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/862/862_texto_integral.doc" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/863/863_texto_integral.doc" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/868/868_texto_integral.doc" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/869/869_texto_integral.doc" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/873/873_texto_integral.doc" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/874/874_texto_integral.doc" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/875/875_texto_integral.doc" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/876/876_texto_integral.doc" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/878/878_texto_integral.doc" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/879/879_texto_integral.doc" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/880/880_texto_integral.doc" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/881/881_texto_integral.doc" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/882/882_texto_integral.doc" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/883/883_texto_integral.doc" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/884/884_texto_integral.doc" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/885/885_texto_integral.doc" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/886/886_texto_integral.doc" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/887/887_texto_integral.doc" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/888/888_texto_integral.doc" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/889/889_texto_integral.doc" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/890/890_texto_integral.doc" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/891/891_texto_integral.doc" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/892/892_texto_integral.doc" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/893/893_texto_integral.doc" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/894/894_texto_integral.doc" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/895/895_texto_integral.doc" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/896/896_texto_integral.doc" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/897/897_texto_integral.doc" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/898/898_texto_integral.doc" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/899/899_texto_integral.doc" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/900/900_texto_integral.doc" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/901/901_texto_integral.doc" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/902/902_texto_integral.doc" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/903/903_texto_integral.doc" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/904/904_texto_integral.doc" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/905/905_texto_integral.doc" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/906/906_texto_integral.doc" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/907/907_texto_integral.doc" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/908/908_texto_integral.doc" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/909/909_texto_integral.doc" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/910/910_texto_integral.doc" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/911/911_texto_integral.doc" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/912/912_texto_integral.doc" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/913/913_texto_integral.doc" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/914/914_texto_integral.doc" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/915/915_texto_integral.doc" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/916/916_texto_integral.doc" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/931/931_texto_integral.doc" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/932/932_texto_integral.doc" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/933/933_texto_integral.doc" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/934/934_texto_integral.doc" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/935/935_texto_integral.doc" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/936/936_texto_integral.doc" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/937/937_texto_integral.doc" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/938/938_texto_integral.doc" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/968/968_texto_integral.doc" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/969/969_texto_integral.doc" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/970/970_texto_integral.doc" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/975/975_texto_integral.doc" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/976/976_texto_integral.doc" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/977/977_texto_integral.doc" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/978/978_texto_integral.doc" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/979/979_texto_integral.doc" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/980/980_texto_integral.doc" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/981/981_texto_integral.doc" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/982/982_texto_integral.doc" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/983/983_texto_integral.doc" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/984/984_texto_integral.doc" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/985/985_texto_integral.doc" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/986/986_texto_integral.doc" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/987/987_texto_integral.doc" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/988/988_texto_integral.doc" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/989/989_texto_integral.doc" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/990/990_texto_integral.doc" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/991/991_texto_integral.doc" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/467/467_texto_integral.doc" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/551/551_texto_integral.doc" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/552/552_texto_integral.doc" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/608/608_texto_integral.doc" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/609/609_texto_integral.doc" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/610/610_texto_integral.doc" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/634/634_texto_integral.doc" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/635/635_texto_integral.doc" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/660/660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/661/661_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/671/671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/708/708_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/709/709_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/727/727_texto_integral.doc" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/728/728_texto_integral.doc" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/752/752_texto_integral.doc" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/753/753_texto_integral.doc" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/754/754_texto_integral.doc" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/796/796_texto_integral.doc" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/804/804_texto_integral.doc" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/805/805_texto_integral.doc" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/815/815_texto_integral.doc" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/816/816_texto_integral.doc" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/828/828_texto_integral.doc" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/848/848_texto_integral.doc" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/849/849_texto_integral.doc" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/851/851_texto_integral.doc" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/860/860_texto_integral.doc" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/864/864_texto_integral.doc" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/866/866_texto_integral.doc" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/870/870_texto_integral.doc" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/871/871_texto_integral.doc" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/872/872_texto_integral.doc" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/921/921_texto_integral.doc" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/992/992_texto_integral.doc" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/630/630_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/672/672_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/959/959_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/925/925_texto_integral.doc" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/926/926_texto_integral.doc" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/927/927_texto_integral.doc" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/922/922_texto_integral.docx" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/923/923_texto_integral.docx" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/924/924_texto_integral.docx" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/929/929_texto_integral.docx" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/930/930_texto_integral.docx" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/943/943_texto_integral.docx" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/944/944_texto_integral.docx" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/945/945_texto_integral.docx" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/946/946_texto_integral.docx" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/947/947_texto_integral.docx" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/948/948_texto_integral.docx" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/949/949_texto_integral.docx" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/950/950_texto_integral.docx" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/951/951_texto_integral.docx" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/952/952_texto_integral.docx" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/953/953_texto_integral.docx" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/954/954_texto_integral.docx" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/955/955_texto_integral.docx" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/956/956_texto_integral.docx" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/463/463_texto_integral.doc" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/464/464_texto_integral.doc" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/465/465_texto_integral.doc" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/466/466_texto_integral.doc" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/488/488_texto_integral.doc" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/489/489_texto_integral.doc" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/513/513_texto_integral.doc" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/514/514_texto_integral.doc" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/515/515_texto_integral.doc" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/535/535_texto_integral.doc" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/554/554_texto_integral.doc" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/561/561_texto_integral.doc" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/577/577_texto_integral.doc" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/578/578_texto_integral.doc" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/613/613_texto_integral.doc" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/614/614_texto_integral.doc" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/632/632_texto_integral.doc" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/633/633_texto_integral.doc" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/675/675_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/676/676_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/677/677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/678/678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/741/741_texto_integral.doc" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/756/756_texto_integral.doc" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/757/757_texto_integral.doc" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/758/758_texto_integral.doc" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/759/759_texto_integral.doc" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/760/760_texto_integral.doc" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/761/761_texto_integral.doc" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/817/817_texto_integral.doc" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/827/827_texto_integral.doc" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/839/839_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/844/844_texto_integral.doc" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/845/845_texto_integral.doc" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/846/846_texto_integral.doc" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/852/852_texto_integral.doc" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/853/853_texto_integral.doc" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/858/858_texto_integral.doc" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/865/865_texto_integral.doc" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/919/919_texto_integral.doc" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/920/920_texto_integral.doc" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/939/939_texto_integral.doc" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/940/940_texto_integral.doc" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/941/941_texto_integral.doc" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/967/967_texto_integral.doc" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/974/974_texto_integral.doc" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/768/768_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/573/573_texto_integral.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/574/574_texto_integral.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/575/575_texto_integral.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/581/581_texto_integral.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/576/576_texto_integral.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/755/755_texto_integral.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/842/842_texto_integral.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/843/843_texto_integral.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/928/928_texto_integral.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/960/960_texto_integral.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/961/961_texto_integral.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/962/962_texto_integral.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/963/963_texto_integral.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/965/965_texto_integral.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/447/447_texto_integral.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/468/468_texto_integral.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/448/448_texto_integral.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/449/449_texto_integral.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/450/450_texto_integral.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/452/452_texto_integral.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/453/453_texto_integral.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/454/454_texto_integral.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/455/455_texto_integral.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/456/456_texto_integral.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/457/457_texto_integral.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/458/458_texto_integral.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/459/459_texto_integral.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/460/460_texto_integral.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/461/461_texto_integral.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/462/462_texto_integral.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/472/472_texto_integral.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/473/473_texto_integral.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/474/474_texto_integral.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/475/475_texto_integral.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/476/476_texto_integral.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/477/477_texto_integral.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/478/478_texto_integral.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/479/479_texto_integral.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/480/480_texto_integral.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/481/481_texto_integral.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/482/482_texto_integral.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/483/483_texto_integral.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/484/484_texto_integral.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/485/485_texto_integral.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/486/486_texto_integral.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/487/487_texto_integral.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/497/497_texto_integral.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/498/498_texto_integral.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/499/499_texto_integral.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/500/500_texto_integral.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/501/501_texto_integral.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/502/502_texto_integral.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/503/503_texto_integral.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/504/504_texto_integral.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/505/505_texto_integral.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/506/506_texto_integral.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/507/507_texto_integral.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/508/508_texto_integral.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/509/509_texto_integral.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/510/510_texto_integral.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/511/511_texto_integral.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/512/512_texto_integral.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/516/516_texto_integral.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/517/517_texto_integral.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/518/518_texto_integral.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/519/519_texto_integral.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/520/520_texto_integral.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/521/521_texto_integral.doc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/522/522_texto_integral.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/523/523_texto_integral.doc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/524/524_texto_integral.doc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/525/525_texto_integral.doc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/526/526_texto_integral.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/527/527_texto_integral.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/537/537_texto_integral.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/539/539_texto_integral.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/540/540_texto_integral.doc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/541/541_texto_integral.doc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/544/544_texto_integral.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/545/545_texto_integral.doc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/546/546_texto_integral.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/547/547_texto_integral.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/548/548_texto_integral.doc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/549/549_texto_integral.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/550/550_texto_integral.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/553/553_texto_integral.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/555/555_texto_integral.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/556/556_texto_integral.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/557/557_texto_integral.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/558/558_texto_integral.doc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/559/559_texto_integral.doc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/560/560_texto_integral.doc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/562/562_texto_integral.doc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/563/563_texto_integral.doc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/564/564_texto_integral.doc" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/565/565_texto_integral.doc" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/566/566_texto_integral.doc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/567/567_texto_integral.doc" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/568/568_texto_integral.doc" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/569/569_texto_integral.doc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/570/570_texto_integral.doc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/579/579_texto_integral.doc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/580/580_texto_integral.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/582/582_texto_integral.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/583/583_texto_integral.doc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/584/584_texto_integral.doc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/585/585_texto_integral.doc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/586/586_texto_integral.doc" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/587/587_texto_integral.doc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/588/588_texto_integral.doc" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/589/589_texto_integral.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/596/596_texto_integral.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/597/597_texto_integral.doc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/598/598_texto_integral.doc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/599/599_texto_integral.doc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/600/600_texto_integral.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/611/611_texto_integral.doc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/602/602_texto_integral.doc" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/603/603_texto_integral.doc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/604/604_texto_integral.doc" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/605/605_texto_integral.doc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/606/606_texto_integral.doc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/607/607_texto_integral.doc" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/615/615_texto_integral.doc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/616/616_texto_integral.doc" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/617/617_texto_integral.doc" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/618/618_texto_integral.doc" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/619/619_texto_integral.doc" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/620/620_texto_integral.doc" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/621/621_texto_integral.doc" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/622/622_texto_integral.doc" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/624/624_texto_integral.doc" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/625/625_texto_integral.doc" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/636/636_texto_integral.doc" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/637/637_texto_integral.doc" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/638/638_texto_integral.doc" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/639/639_texto_integral.doc" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/640/640_texto_integral.doc" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/641/641_texto_integral.doc" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/642/642_texto_integral.doc" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/643/643_texto_integral.doc" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/644/644_texto_integral.doc" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/645/645_texto_integral.doc" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/646/646_texto_integral.doc" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/647/647_texto_integral.doc" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/648/648_texto_integral.doc" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/649/649_texto_integral.doc" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/650/650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/651/651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/652/652_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/653/653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/654/654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/655/655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/656/656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/657/657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/658/658_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/659/659_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/662/662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/663/663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/664/664_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/665/665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/666/666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/667/667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/668/668_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/669/669_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/670/670_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/674/674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/679/679_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/680/680_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/681/681_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/682/682_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/683/683_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/684/684_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/685/685_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/686/686_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/687/687_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/688/688_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/689/689_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/691/691_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/692/692_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/693/693_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/694/694_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/695/695_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/696/696_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/697/697_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/698/698_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/699/699_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/700/700_texto_integral.doc" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/701/701_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/702/702_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/703/703_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/704/704_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/705/705_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/706/706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/707/707_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/710/710_texto_integral.doc" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/711/711_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/712/712_texto_integral.doc" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/713/713_texto_integral.doc" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/714/714_texto_integral.doc" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/715/715_texto_integral.doc" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/716/716_texto_integral.doc" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/717/717_texto_integral.doc" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/718/718_texto_integral.doc" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/719/719_texto_integral.doc" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/720/720_texto_integral.doc" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/721/721_texto_integral.doc" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/722/722_texto_integral.doc" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/723/723_texto_integral.doc" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/724/724_texto_integral.doc" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/725/725_texto_integral.doc" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/726/726_texto_integral.doc" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/729/729_texto_integral.doc" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/730/730_texto_integral.doc" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/731/731_texto_integral.doc" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/732/732_texto_integral.doc" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/733/733_texto_integral.doc" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/734/734_texto_integral.doc" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/735/735_texto_integral.doc" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/736/736_texto_integral.doc" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/737/737_texto_integral.doc" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/738/738_texto_integral.doc" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/739/739_texto_integral.doc" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/742/742_texto_integral.doc" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/743/743_texto_integral.doc" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/744/744_texto_integral.doc" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/745/745_texto_integral.doc" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/746/746_texto_integral.doc" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/747/747_texto_integral.doc" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/748/748_texto_integral.doc" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/749/749_texto_integral.doc" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/750/750_texto_integral.doc" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/751/751_texto_integral.doc" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/763/763_texto_integral.doc" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/764/764_texto_integral.doc" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/765/765_texto_integral.doc" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/766/766_texto_integral.doc" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/767/767_texto_integral.doc" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/769/769_texto_integral.doc" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/770/770_texto_integral.doc" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/771/771_texto_integral.doc" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/772/772_texto_integral.doc" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/773/773_texto_integral.doc" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/774/774_texto_integral.doc" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/775/775_texto_integral.doc" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/776/776_texto_integral.doc" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/777/777_texto_integral.doc" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/778/778_texto_integral.doc" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/779/779_texto_integral.doc" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/780/780_texto_integral.doc" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/781/781_texto_integral.doc" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/782/782_texto_integral.doc" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/783/783_texto_integral.doc" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/784/784_texto_integral.doc" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/785/785_texto_integral.doc" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/786/786_texto_integral.doc" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/794/794_texto_integral.doc" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/797/797_texto_integral.doc" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/798/798_texto_integral.doc" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/799/799_texto_integral.doc" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/800/800_texto_integral.doc" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/801/801_texto_integral.doc" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/802/802_texto_integral.doc" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/803/803_texto_integral.doc" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/806/806_texto_integral.doc" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/807/807_texto_integral.doc" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/808/808_texto_integral.doc" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/809/809_texto_integral.doc" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/810/810_texto_integral.doc" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/811/811_texto_integral.doc" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/812/812_texto_integral.doc" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/813/813_texto_integral.doc" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/814/814_texto_integral.doc" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/818/818_texto_integral.doc" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/819/819_texto_integral.doc" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/820/820_texto_integral.doc" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/821/821_texto_integral.doc" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/822/822_texto_integral.doc" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/823/823_texto_integral.doc" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/824/824_texto_integral.doc" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/825/825_texto_integral.doc" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/826/826_texto_integral.doc" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/829/829_texto_integral.doc" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/830/830_texto_integral.doc" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/831/831_texto_integral.doc" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/832/832_texto_integral.doc" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/833/833_texto_integral.doc" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/834/834_texto_integral.doc" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/835/835_texto_integral.doc" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/836/836_texto_integral.doc" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/838/838_texto_integral.doc" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/847/847_texto_integral.doc" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/850/850_texto_integral.doc" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/855/855_texto_integral.doc" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/856/856_texto_integral.doc" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/857/857_texto_integral.doc" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/859/859_texto_integral.doc" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/861/861_texto_integral.doc" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/862/862_texto_integral.doc" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/863/863_texto_integral.doc" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/868/868_texto_integral.doc" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/869/869_texto_integral.doc" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/873/873_texto_integral.doc" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/874/874_texto_integral.doc" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/875/875_texto_integral.doc" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/876/876_texto_integral.doc" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/878/878_texto_integral.doc" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/879/879_texto_integral.doc" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/880/880_texto_integral.doc" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/881/881_texto_integral.doc" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/882/882_texto_integral.doc" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/883/883_texto_integral.doc" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/884/884_texto_integral.doc" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/885/885_texto_integral.doc" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/886/886_texto_integral.doc" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/887/887_texto_integral.doc" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/888/888_texto_integral.doc" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/889/889_texto_integral.doc" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/890/890_texto_integral.doc" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/891/891_texto_integral.doc" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/892/892_texto_integral.doc" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/893/893_texto_integral.doc" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/894/894_texto_integral.doc" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/895/895_texto_integral.doc" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/896/896_texto_integral.doc" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/897/897_texto_integral.doc" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/898/898_texto_integral.doc" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/899/899_texto_integral.doc" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/900/900_texto_integral.doc" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/901/901_texto_integral.doc" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/902/902_texto_integral.doc" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/903/903_texto_integral.doc" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/904/904_texto_integral.doc" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/905/905_texto_integral.doc" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/906/906_texto_integral.doc" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/907/907_texto_integral.doc" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/908/908_texto_integral.doc" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/909/909_texto_integral.doc" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/910/910_texto_integral.doc" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/911/911_texto_integral.doc" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/912/912_texto_integral.doc" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/913/913_texto_integral.doc" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/914/914_texto_integral.doc" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/915/915_texto_integral.doc" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/916/916_texto_integral.doc" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/931/931_texto_integral.doc" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/932/932_texto_integral.doc" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/933/933_texto_integral.doc" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/934/934_texto_integral.doc" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/935/935_texto_integral.doc" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/936/936_texto_integral.doc" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/937/937_texto_integral.doc" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/938/938_texto_integral.doc" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/968/968_texto_integral.doc" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/969/969_texto_integral.doc" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/970/970_texto_integral.doc" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/975/975_texto_integral.doc" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/976/976_texto_integral.doc" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/977/977_texto_integral.doc" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/978/978_texto_integral.doc" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/979/979_texto_integral.doc" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/980/980_texto_integral.doc" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/981/981_texto_integral.doc" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/982/982_texto_integral.doc" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/983/983_texto_integral.doc" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/984/984_texto_integral.doc" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/985/985_texto_integral.doc" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/986/986_texto_integral.doc" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/987/987_texto_integral.doc" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/988/988_texto_integral.doc" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/989/989_texto_integral.doc" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/990/990_texto_integral.doc" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/991/991_texto_integral.doc" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/467/467_texto_integral.doc" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/551/551_texto_integral.doc" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/552/552_texto_integral.doc" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/608/608_texto_integral.doc" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/609/609_texto_integral.doc" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/610/610_texto_integral.doc" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/634/634_texto_integral.doc" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/635/635_texto_integral.doc" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/660/660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/661/661_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/671/671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/708/708_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/709/709_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/727/727_texto_integral.doc" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/728/728_texto_integral.doc" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/752/752_texto_integral.doc" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/753/753_texto_integral.doc" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/754/754_texto_integral.doc" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/796/796_texto_integral.doc" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/804/804_texto_integral.doc" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/805/805_texto_integral.doc" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/815/815_texto_integral.doc" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/816/816_texto_integral.doc" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/828/828_texto_integral.doc" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/848/848_texto_integral.doc" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/849/849_texto_integral.doc" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/851/851_texto_integral.doc" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/860/860_texto_integral.doc" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/864/864_texto_integral.doc" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/866/866_texto_integral.doc" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/870/870_texto_integral.doc" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/871/871_texto_integral.doc" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/872/872_texto_integral.doc" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/921/921_texto_integral.doc" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/992/992_texto_integral.doc" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/630/630_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/672/672_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/959/959_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/925/925_texto_integral.doc" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/926/926_texto_integral.doc" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/927/927_texto_integral.doc" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/922/922_texto_integral.docx" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/923/923_texto_integral.docx" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/924/924_texto_integral.docx" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/929/929_texto_integral.docx" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/930/930_texto_integral.docx" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/943/943_texto_integral.docx" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/944/944_texto_integral.docx" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/945/945_texto_integral.docx" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/946/946_texto_integral.docx" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/947/947_texto_integral.docx" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/948/948_texto_integral.docx" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/949/949_texto_integral.docx" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/950/950_texto_integral.docx" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/951/951_texto_integral.docx" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/952/952_texto_integral.docx" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/953/953_texto_integral.docx" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/954/954_texto_integral.docx" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/955/955_texto_integral.docx" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/956/956_texto_integral.docx" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/463/463_texto_integral.doc" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/464/464_texto_integral.doc" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/465/465_texto_integral.doc" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/466/466_texto_integral.doc" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/488/488_texto_integral.doc" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/489/489_texto_integral.doc" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/513/513_texto_integral.doc" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/514/514_texto_integral.doc" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/515/515_texto_integral.doc" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/535/535_texto_integral.doc" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/554/554_texto_integral.doc" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/561/561_texto_integral.doc" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/577/577_texto_integral.doc" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/578/578_texto_integral.doc" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/613/613_texto_integral.doc" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/614/614_texto_integral.doc" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/632/632_texto_integral.doc" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/633/633_texto_integral.doc" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/675/675_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/676/676_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/677/677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/678/678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/741/741_texto_integral.doc" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/756/756_texto_integral.doc" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/757/757_texto_integral.doc" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/758/758_texto_integral.doc" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/759/759_texto_integral.doc" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/760/760_texto_integral.doc" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/761/761_texto_integral.doc" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/817/817_texto_integral.doc" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/827/827_texto_integral.doc" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/839/839_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/844/844_texto_integral.doc" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/845/845_texto_integral.doc" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/846/846_texto_integral.doc" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/852/852_texto_integral.doc" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/853/853_texto_integral.doc" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/858/858_texto_integral.doc" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/865/865_texto_integral.doc" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/919/919_texto_integral.doc" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/920/920_texto_integral.doc" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/939/939_texto_integral.doc" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/940/940_texto_integral.doc" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/941/941_texto_integral.doc" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/967/967_texto_integral.doc" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/974/974_texto_integral.doc" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/./sapl/public/materialegislativa/2015/768/768_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H543"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="36.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="181.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="102.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="101.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>