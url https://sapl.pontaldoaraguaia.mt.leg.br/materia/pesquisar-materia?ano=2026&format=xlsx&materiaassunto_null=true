--- v0 (2026-02-03)
+++ v1 (2026-03-26)
@@ -10,97 +10,115 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="919" uniqueCount="393">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>5434</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>EMD</t>
+  </si>
+  <si>
+    <t>ELEIÇÃO DA MESA DIRETORA</t>
+  </si>
+  <si>
+    <t>Câmara Municipal</t>
+  </si>
+  <si>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/</t>
+  </si>
+  <si>
+    <t>Eleição para a Mesa Diretora da Câmara Municipal - exercício 2027</t>
+  </si>
+  <si>
     <t>5334</t>
   </si>
   <si>
-    <t>2026</t>
-[...1 lines deleted...]
-  <si>
     <t>363</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>CRISTINA OLIVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.pontaldoaraguaia.mt.leg.br/media/</t>
-[...1 lines deleted...]
-  <si>
     <t>Ao Sr. ADELCINO FRANCISCO LOPO, PREFEITO MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE SAÚDE, solicitando o pagamento do incentivo adicional de final de ano dos ACS,s e ACE,s visto que está na conta do município desde Dezembro de 2025.</t>
   </si>
   <si>
     <t>5335</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>CELINHA DA SAÚDE</t>
   </si>
   <si>
     <t>Ao Sr. ADELCINO FRANCISCO LOPO, PREFEITO MUNICIPAL, COM COPIA A SECRETARIA MUNICIPAL DE OBRAS,  solicitando asfaltamento no final da rua Raimundo Sobrinho.</t>
   </si>
   <si>
     <t>5336</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>Ao Sr. ADELCINO FRANCISCO LOPO, PREFEITO MUNICIPAL,   solicitando a atualização, padronização e regularização dos nomes e numeração de todos os logradouros do município, com integração aos Correios e sistemas de GPS, facilitando entregas, atendimentos de emergência e organização urbana.</t>
   </si>
   <si>
     <t>5337</t>
@@ -133,81 +151,1089 @@
     <t>Ao Sr. ADELCINO FRANCISCO LOPO, PREFEITO MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, solicitando reparos na rua Aristides Garcia Penteado, esquina com a rua José Jorge de Almeida, visto que está ocorrendo acúmulo de água e muitos buracos no asfalto.</t>
   </si>
   <si>
     <t>5340</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>CLAUDIO FREITAS</t>
   </si>
   <si>
     <t>Ao Sr. ADELCINO FRANCISCO LOPO, PREFEITO MUNICIPAL, com cópia a Secretaria Municipal de Obras, solicitando a construção de uma contenção de uma lombar de contenção de água na rua João Martins, visto que quando chove, alaga a rua e uma parte do bairro Luzia Maria de Moraes.</t>
   </si>
   <si>
     <t>5341</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>VINICIUS MEDEIROS</t>
   </si>
   <si>
     <t>Ao Deputado Federal Coronel Assis com cópia a APOBAG, solicitando emenda no valor de R$ 200.000,00 (duzentos mil reais) destinados à instituição APOBAG.</t>
+  </si>
+  <si>
+    <t>5354</t>
+  </si>
+  <si>
+    <t>371</t>
+  </si>
+  <si>
+    <t>RONE SANTOS, MIGUEL ARCANJO</t>
+  </si>
+  <si>
+    <t>Ao Sr. FABIO GARCIA, CHEFE DA CASA CIVIL,  emenda parlamentar  no valor de R$ 500.000,00 (quinhentos mil reais) para conclusão da pista de caminhada da avenida Universitária sentido a UFMT.</t>
+  </si>
+  <si>
+    <t>5355</t>
+  </si>
+  <si>
+    <t>372</t>
+  </si>
+  <si>
+    <t>RONE SANTOS</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal ADELCINO FRANCISCO LOPO, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, solicitando  que seja instalado em caráter de urgência placas de sinalização em  vários pontos da avenida indicando a proibição de pernoite de carretas na avenida Universitária.</t>
+  </si>
+  <si>
+    <t>5356</t>
+  </si>
+  <si>
+    <t>373</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal ADELCINO FRANCISCO LOPO, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, solicitando que seja atualizado a legalização do salário dos funcionários concursados que fizeram a profissionalização do curso federal pró funcionário.</t>
+  </si>
+  <si>
+    <t>5357</t>
+  </si>
+  <si>
+    <t>374</t>
+  </si>
+  <si>
+    <t>Ao Executivo com cópia ao  Conselho Municipal de Políticas sobre Drogas,  solicitando palestras de Prevenção às Drogas nas Escolas do município e na UFMT.</t>
+  </si>
+  <si>
+    <t>5358</t>
+  </si>
+  <si>
+    <t>375</t>
+  </si>
+  <si>
+    <t>Ao Executivo com cópia a Secretaria Municipal de Obras,   solicitando operação tapa-buracos nos bairros João Rocha, Araguaia Center e em frente ao Clube da AFFEMAT.</t>
+  </si>
+  <si>
+    <t>5359</t>
+  </si>
+  <si>
+    <t>376</t>
+  </si>
+  <si>
+    <t>Ao Sr. ADELCINO FRANCISCO LOPO, PREFEITO MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, solicitando o asfaltamento na rua José Maria sentido ao Rio Araguaia.</t>
+  </si>
+  <si>
+    <t>5360</t>
+  </si>
+  <si>
+    <t>377</t>
+  </si>
+  <si>
+    <t>Ao Sr. MAX RUSSI, DEPUTADO ESTADUAL, solicitando emenda parlamentar no valor de R$ 500.000,00 (quinhentos mil reais) para manutenção do laboratório municipal.</t>
+  </si>
+  <si>
+    <t>5361</t>
+  </si>
+  <si>
+    <t>378</t>
+  </si>
+  <si>
+    <t>INDICA ao Poder Executivo Municipal, por meio da Secretaria competente, que sejam adotadas providências urgentes para verificação e reparo dos pontos de água que se encontram derramando/vazando na Praça da Feira no bairro Luzia Maria de Moraes.</t>
+  </si>
+  <si>
+    <t>5362</t>
+  </si>
+  <si>
+    <t>379</t>
+  </si>
+  <si>
+    <t>INDICA ao Poder Executivo Municipal, por meio da Secretaria Municipal de Saúde, que sejam adotadas providências urgentes para regularização do fornecimento de medicamentos na Farmácia Básica Municipal de Pontal do Araguaia/MT.</t>
+  </si>
+  <si>
+    <t>5369</t>
+  </si>
+  <si>
+    <t>380</t>
+  </si>
+  <si>
+    <t>RONE SANTOS, CELINHA DA SAÚDE</t>
+  </si>
+  <si>
+    <t>Ao Secretário de Segurança Pública de Matogrosso Coronel Roveri com cópia ao CONSEG Vale do Araguaia, solicitando mais 30 (trinta) câmeras de segurança para Pontal do Araguaia (cidade)  e também para os assentamentos rurais,  visando o aumento da segurança e monitoramento em nossa cidade.</t>
+  </si>
+  <si>
+    <t>5370</t>
+  </si>
+  <si>
+    <t>381</t>
+  </si>
+  <si>
+    <t>Ao Sr. ADELCINO FRANCISCO LOPO, PREFEITO MUNICIPAL, com cópia a Secretaria Municipal de Obras, solicitando manutenção na rua Orlando Bertipalha.</t>
+  </si>
+  <si>
+    <t>5371</t>
+  </si>
+  <si>
+    <t>382</t>
+  </si>
+  <si>
+    <t>Ao DEPUTADO FEDERAL EMANUEL PINHEIRO,  solicitando apresentar sugestão de emenda ao Orçamento Geral da União, visando a alocação de recursos financeiros para a construção de uma maternidade no município de Pontal do Araguaia.</t>
+  </si>
+  <si>
+    <t>5372</t>
+  </si>
+  <si>
+    <t>383</t>
+  </si>
+  <si>
+    <t>Ao Sr. ADELCINO FRANCISCO LOPO, PREFEITO MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, solicitando que faça uma intervenção na estrada Edson José Ferreira, próximo à fazenda Canaã, visto que tem um atoleiro no local.</t>
+  </si>
+  <si>
+    <t>5373</t>
+  </si>
+  <si>
+    <t>384</t>
+  </si>
+  <si>
+    <t>Ao Sr. ADELCINO FRANCISCO LOPO, PREFEITO MUNICIPAL,  solicitando a realização urgente de manutenção no bebedouro instalado no Lago Municipal, garantindo seu pleno funcionamento, visto que o local é amplamente utilizado por famílias, crianças, idosos e praticantes de atividades físicas.</t>
+  </si>
+  <si>
+    <t>5374</t>
+  </si>
+  <si>
+    <t>385</t>
+  </si>
+  <si>
+    <t>Ao Sr. ADELCINO FRANCISCO LOPO, PREFEITO MUNICIPAL, com cópia a Secretaria Municipal de Saúde,  solicitando a substituição do bebedouro do PSF Geraldo Pimenta, considerando que o equipamento atual não está atendendo adequadamente pacientes e servidores, comprometendo o conforto e a dignidade no atendimento.</t>
+  </si>
+  <si>
+    <t>5375</t>
+  </si>
+  <si>
+    <t>386</t>
+  </si>
+  <si>
+    <t>Ao Sr. ADELCINO FRANCISCO LOPO, PREFEITO MUNICIPAL, com cópia a Secretaria Municipal de Saúde,  solicitando  providências imediatas quanto à manutenção dos equipamentos odontológicos dos PSFs Benjamim Corrêa e Geraldo Pimenta, tendo em vista que a população tem relatado a suspensão de atendimentos odontológicos devido ao não funcionamento dos aparelhos. A saúde bucal é essencial e não pode ser interrompida por falta de manutenção.</t>
+  </si>
+  <si>
+    <t>5376</t>
+  </si>
+  <si>
+    <t>387</t>
+  </si>
+  <si>
+    <t>Ao Sr. ADELCINO FRANCISCO LOPO, PREFEITO MUNICIPAL, com cópia a Secretaria Municipal de Obras,  solicitando inspeção e manutenção urgente nos postes de iluminação da Feira Municipal, considerando relatos de que alguns estão apresentando risco, inclusive com registros de princípios de incêndio. Trata-se de uma questão de segurança pública.</t>
+  </si>
+  <si>
+    <t>5377</t>
+  </si>
+  <si>
+    <t>388</t>
+  </si>
+  <si>
+    <t>Ao Sr. ADELCINO FRANCISCO LOPO, PREFEITO MUNICIPAL, com cópia a Secretaria Municipal de Obras,  solicitando a realização de podas nas árvores que estão encobrindo placas de sinalização em diversas ruas do município, ressaltando especialmente a situação em frente à Paróquia Nossa Senhora Aparecida, onde a visibilidade comprometida pode causar acidentes.</t>
+  </si>
+  <si>
+    <t>5378</t>
+  </si>
+  <si>
+    <t>389</t>
+  </si>
+  <si>
+    <t>Ao Sr. ADELCINO FRANCISCO LOPO, PREFEITO MUNICIPAL, com cópia a Secretaria Municipal de Obras,  solicitando providências urgentes para solucionar o acúmulo de água em frente à Igreja Nossa Senhora Aparecida, situação que tem provocado transtornos e até acidentes com fiéis que frequentam o local.</t>
+  </si>
+  <si>
+    <t>5379</t>
+  </si>
+  <si>
+    <t>390</t>
+  </si>
+  <si>
+    <t>Ao Executivo com cópia a APOBAG, solicitando ajuda de custeio no valor de R$ 15.000,00 (quinze mil reais) à instituição APOBAG - Associação dos Pacientes Oncológicos de Barra do Garças.</t>
+  </si>
+  <si>
+    <t>5380</t>
+  </si>
+  <si>
+    <t>391</t>
+  </si>
+  <si>
+    <t>Ao Executivo com cópia a  Secretaria Municipal de Administração, solicitando a  manutenção no som da feira do produtor rural.</t>
+  </si>
+  <si>
+    <t>5387</t>
+  </si>
+  <si>
+    <t>392</t>
+  </si>
+  <si>
+    <t>FABIANA CORTE</t>
+  </si>
+  <si>
+    <t>Ao Sr. ADELCINO FRANCISCO LOPO, PREFEITO MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, solicitando a limpeza ao redor  e na descida para o rio Garças, nas proximidades da antiga chácara Bambuzal, onde os ribeirinhos e moradores utilizam do local para acessar o rio.</t>
+  </si>
+  <si>
+    <t>5388</t>
+  </si>
+  <si>
+    <t>393</t>
+  </si>
+  <si>
+    <t>Ao Sr. ADELCINO FRANCISCO LOPO, PREFEITO MUNICIPAL, a pedido da população,  solicitando que determine ao setor competente a realização de mutirão de limpeza de terrenos baldios e recolhimento de entulhos em todos os bairros do município.</t>
+  </si>
+  <si>
+    <t>5389</t>
+  </si>
+  <si>
+    <t>394</t>
+  </si>
+  <si>
+    <t>Ao Sr. ADELCINO FRANCISCO LOPO, PREFEITO MUNICIPAL,  a pedido de diversas famílias do município,  a criação de um Programa Municipal de Apoio às Mães Atípicas, com suporte psicológico, orientação social e acompanhamento especializado.</t>
+  </si>
+  <si>
+    <t>5390</t>
+  </si>
+  <si>
+    <t>395</t>
+  </si>
+  <si>
+    <t>Ao Sr. ADELCINO FRANCISCO LOPO, PREFEITO MUNICIPAL, tendendo solicitação da população idosa e seus familiares, solicitando a ampliação das ações voltadas à saúde do idoso, com foco em acompanhamento preventivo, atividades físicas orientadas e campanhas educativas.</t>
+  </si>
+  <si>
+    <t>5391</t>
+  </si>
+  <si>
+    <t>396</t>
+  </si>
+  <si>
+    <t>Ao Sr. ADELCINO FRANCISCO LOPO, PREFEITO MUNICIPAL,  a pedido da população, solicitando a implantação ou ampliação do atendimento psicológico nas Unidades Básicas de Saúde do município.</t>
+  </si>
+  <si>
+    <t>5392</t>
+  </si>
+  <si>
+    <t>397</t>
+  </si>
+  <si>
+    <t>Ao Sr. ADELCINO FRANCISCO LOPO, PREFEITO MUNICIPAL a pedido da população preocupada com os casos de suspeita de dengue,  solicitando que intensifique as ações permanentes de combate à dengue.</t>
+  </si>
+  <si>
+    <t>5393</t>
+  </si>
+  <si>
+    <t>398</t>
+  </si>
+  <si>
+    <t>Ao Sr. ADELCINO FRANCISCO LOPO, PREFEITO MUNICIPAL, atendendo inúmeros pedidos da população, solicitando a realização de operação tapa-buracos em toda a cidade, com prioridade nos pontos mais críticos, especialmente na Rua Aristides Penteado e vias em situação semelhante.</t>
+  </si>
+  <si>
+    <t>5394</t>
+  </si>
+  <si>
+    <t>399</t>
+  </si>
+  <si>
+    <t>Ao Executivo com cópia a  Secretaria Municipal de Obras, solicitando a  limpeza com podas das gramas e árvores, coleta de lixo e  manutenção na praça ALI SALEH ABDO ABDALLA, conhecida como a praça da antiga feira municipal.</t>
+  </si>
+  <si>
+    <t>5395</t>
+  </si>
+  <si>
+    <t>400</t>
+  </si>
+  <si>
+    <t>Ao Executivo com cópia a  Secretaria Municipal de Obras, solicitando  a manutenção nas estradas do Assentamento Brilhante e região que dá acesso as propriedades dos Srs. Gilmar, Liu, Priguito, Cíntia, Vera, Pastor Fiotão, Bosco e Ebinho nas proximidades da represa, visto que tem muitos buracos e abriu uma vala na estrada,  atendendo pedidos de nossos munícipes.</t>
+  </si>
+  <si>
+    <t>5398</t>
+  </si>
+  <si>
+    <t>401</t>
+  </si>
+  <si>
+    <t>REITERATIVA - Ao Sr. ADELCINO FRANCISCO LOPO, PREFEITO MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, solicitando a manutenção das estradas dos assentamentos Sol e Brilhante.</t>
+  </si>
+  <si>
+    <t>5399</t>
+  </si>
+  <si>
+    <t>402</t>
+  </si>
+  <si>
+    <t>Ao Sr. ADELCINO FRANCISCO LOPO, PREFEITO MUNICIPAL, atendendo inúmeros pedidos da população, solicitando A disponibilização de um profissional da área da saúde para acompanhar pacientes durante viagens para consultas, exames ou tratamentos em outras cidades.</t>
+  </si>
+  <si>
+    <t>5400</t>
+  </si>
+  <si>
+    <t>403</t>
+  </si>
+  <si>
+    <t>Ao Sr. ADELCINO FRANCISCO LOPO, PREFEITO MUNICIPAL, atendendo inúmeros pedidos da população, solicitando  a realização de campanhas permanentes de prevenção e conscientização sobre doenças como diabetes, hipertensão, câncer de mama, câncer de próstata e saúde mental.</t>
+  </si>
+  <si>
+    <t>5401</t>
+  </si>
+  <si>
+    <t>404</t>
+  </si>
+  <si>
+    <t>Ao Sr. ADELCINO FRANCISCO LOPO, PREFEITO MUNICIPAL, atendendo inúmeros pedidos da população, solicitando a implantação de atendimento prioritário para pacientes oncológicos e pessoas em tratamento contínuo na rede municipal de saúde.</t>
+  </si>
+  <si>
+    <t>5402</t>
+  </si>
+  <si>
+    <t>405</t>
+  </si>
+  <si>
+    <t>Ao Sr. ADELCINO FRANCISCO LOPO, PREFEITO MUNICIPAL, atendendo inúmeros pedidos da população, solicitando a  criação de um programa municipal de atendimento à saúde da mulher, com foco em exames preventivos e acompanhamento ginecológico regular.</t>
+  </si>
+  <si>
+    <t>5403</t>
+  </si>
+  <si>
+    <t>406</t>
+  </si>
+  <si>
+    <t>Ao Sr. ADELCINO FRANCISCO LOPO, PREFEITO MUNICIPAL, atendendo inúmeros pedidos da população, solicitando a  implantação de um Programa Municipal de Distribuição de Fraldas Geriátricas para idosos e pessoas acamadas de baixa renda.</t>
+  </si>
+  <si>
+    <t>5404</t>
+  </si>
+  <si>
+    <t>407</t>
+  </si>
+  <si>
+    <t>Ao Sr. ADELCINO FRANCISCO LOPO, PREFEITO MUNICIPAL, atendendo inúmeros pedidos da população, solicitando a   criação de um cadastro municipal de pacientes que necessitam de medicamentos de uso contínuo.</t>
+  </si>
+  <si>
+    <t>5405</t>
+  </si>
+  <si>
+    <t>408</t>
+  </si>
+  <si>
+    <t>Ao Sr. ADELCINO FRANCISCO LOPO, PREFEITO MUNICIPAL, atendendo inúmeros pedidos da população, solicitando a implantação de curso gratuito de corte e costura no município, destinado principalmente às mulheres que buscam qualificação profissional e geração de renda.</t>
+  </si>
+  <si>
+    <t>5409</t>
+  </si>
+  <si>
+    <t>409</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal Sr. ADELCINO FRANCISCO LOPO, PREFEITO MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, solicitando  à repintura das faixas de pedestres em frente à Escola Municipal São Jorge, a pedido dos pais de alunos e a população, visto que os motoristas não estão respeitando a faixa, colocando em risco a segurança dos alunos.</t>
+  </si>
+  <si>
+    <t>5412</t>
+  </si>
+  <si>
+    <t>410</t>
+  </si>
+  <si>
+    <t>Ao Sr. ADELCINO FRANCISCO LOPO, PREFEITO MUNICIPAL,  solicitando a implantação de uma academia da saúde no espaço do  Lago dos Garimpeiros, localizado no bairro Luzia Maria de Moraes.</t>
+  </si>
+  <si>
+    <t>5413</t>
+  </si>
+  <si>
+    <t>411</t>
+  </si>
+  <si>
+    <t>CELINHA DA SAÚDE, CLAUDIO FREITAS</t>
+  </si>
+  <si>
+    <t>Ao Sr. ADELCINO FRANCISCO LOPO, PREFEITO MUNICIPAL,  solicitando a construção do 3º PSF no bairro Luzia Maria de Moraes.</t>
+  </si>
+  <si>
+    <t>5414</t>
+  </si>
+  <si>
+    <t>412</t>
+  </si>
+  <si>
+    <t>Ao Sr. ADELCINO FRANCISCO LOPO, PREFEITO MUNICIPAL,  solicitando a realização da limpeza e roçagem da calçada da rua Pérsia.</t>
+  </si>
+  <si>
+    <t>5415</t>
+  </si>
+  <si>
+    <t>413</t>
+  </si>
+  <si>
+    <t>Ao Sr. ADELCINO FRANCISCO LOPO, PREFEITO MUNICIPAL,  solicitando a realização de limpeza completa no cemitério municipal, incluindo rastelagem e retirada de resíduos.</t>
+  </si>
+  <si>
+    <t>5416</t>
+  </si>
+  <si>
+    <t>414</t>
+  </si>
+  <si>
+    <t>REITERATIVA:  Ao Sr. ADELCINO FRANCISCO LOPO, PREFEITO MUNICIPAL,  solicitando a implantação de um redutor de velocidade na rua índia, em frente o Lago dos Garimpeiros, sentido cemitério.</t>
+  </si>
+  <si>
+    <t>5417</t>
+  </si>
+  <si>
+    <t>415</t>
+  </si>
+  <si>
+    <t>REITERATIVA: Ao Sr. ADELCINO FRANCISCO LOPO, PREFEITO MUNICIPAL,  solicitando a pavimentação asfáltica na rua Divino Alves, localizada abaixo do Lago dos Garimpeiros no bairro Luzia Maria de Moraes.</t>
+  </si>
+  <si>
+    <t>5418</t>
+  </si>
+  <si>
+    <t>416</t>
+  </si>
+  <si>
+    <t>Ao Sr. ADELCINO FRANCISCO LOPO, PREFEITO MUNICIPAL,  solicitando a atualização e instalação de placas de identificação com os nomes das ruas do bairro Luzia Maria de Moraes.</t>
+  </si>
+  <si>
+    <t>5419</t>
+  </si>
+  <si>
+    <t>417</t>
+  </si>
+  <si>
+    <t>REITERATIVA: ao Sr. ADELCINO FRANCISCO LOPO, PREFEITO MUNICIPAL,  solicitando a realização de pintura e manutenção da sinalização horizontal no bairro Luzia Maria de Moraes, incluindo: faixas de pedestres e marcações de “PARE”, e demais sinalizações necessárias nas vias do bairro.</t>
+  </si>
+  <si>
+    <t>5420</t>
+  </si>
+  <si>
+    <t>418</t>
+  </si>
+  <si>
+    <t>RAUFLIS MELLO</t>
+  </si>
+  <si>
+    <t>Ao Sr. Prefeito Municipal Adelcino Francisco Lopo, com cópia a Secretaria de Agricultura Familiar,  solicitando a volta do bingo na feira.</t>
+  </si>
+  <si>
+    <t>5421</t>
+  </si>
+  <si>
+    <t>419</t>
+  </si>
+  <si>
+    <t>Ao Sr. Prefeito Municipal Adelcino Francisco Lopo, com cópia a Secretaria Municipal de Turismo,  solicitando a colocação de tendas nas ruas em torno do lago para o Festival de Pesca, para o conforto dos participantes e visitantes do evento.</t>
+  </si>
+  <si>
+    <t>5422</t>
+  </si>
+  <si>
+    <t>420</t>
+  </si>
+  <si>
+    <t>Aos Srs. BETO DOIS A UM, DEPUTADO ESTADUAL E AO DEPUTADO FEDERAL FABIO GARCIA, solicitando emenda parlamentar de  R$ 500.000,00 (quinhentos mil reais) para a realização de viagens com A Melhor Idade – Projeto da Secretaria de Assistência Social.</t>
+  </si>
+  <si>
+    <t>5423</t>
+  </si>
+  <si>
+    <t>421</t>
+  </si>
+  <si>
+    <t>Ao Sr. MAX RUSSI, DEPUTADO ESTADUAL, solicitando emenda parlamentar no valor de R$ 500.000,00 (quinhentos mil reais) para manutenção e atendimento noturno no Centro de Referência em Saúde, Luzia Nogueira de Moraes.</t>
+  </si>
+  <si>
+    <t>5424</t>
+  </si>
+  <si>
+    <t>422</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal ADELCINO FRANCISCO LOPO, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, solicitando que seja feita uma manutenção na rua Orlando Bertipalha, e projeto para futuro asfaltamento da referida via, localizada no bairro Maria Joaquina,  a pedido dos moradores  em especial da moradora Srª. Fabiana.</t>
+  </si>
+  <si>
+    <t>5425</t>
+  </si>
+  <si>
+    <t>423</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal ADELCINO FRANCISCO LOPO, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, solicitando que seja feita a pavimentação asfáltica no bairro Nova Esperança.</t>
+  </si>
+  <si>
+    <t>5426</t>
+  </si>
+  <si>
+    <t>424</t>
+  </si>
+  <si>
+    <t>Ao SENADOR JAYME CAMPOS,  solicitando emenda parlamentar no valor R$  1.500.000,00 (hum milhão e quinhentos mil reais) para a construção da unidade de pronto atendimento e maternidade em Pontal do Araguaia.</t>
+  </si>
+  <si>
+    <t>5427</t>
+  </si>
+  <si>
+    <t>425</t>
+  </si>
+  <si>
+    <t>A DEPUTADA ESTADUAL JANAINA RIVA,  solicitando emenda parlamentar no valor R$ 150.000,00 (cento e cinquenta mil reais) para a realização do PROJETO SORRISO NOS BAIRROS.</t>
+  </si>
+  <si>
+    <t>5428</t>
+  </si>
+  <si>
+    <t>426</t>
+  </si>
+  <si>
+    <t>REITERATIVA: ao Secretário de Segurança Pública de Matogrosso Coronel Roveri com cópia ao CONSEG Vale do Araguaia, solicitando mais 30 (trinta) câmeras de segurança para Pontal do Araguaia (cidade)  e também para os assentamentos rurais,  visando o aumento da segurança e monitoramento em nossa cidade.</t>
+  </si>
+  <si>
+    <t>5429</t>
+  </si>
+  <si>
+    <t>427</t>
+  </si>
+  <si>
+    <t>REITERATIVA: ao Sr. PREFEITO MUNICIPAL ADELCINO FRANCISCO LOPO, com cópia a Secretaria Municipal de Saúde, solicitando que aumente o quadro de Agentes Comunitários de Saúde do município, visto que em alguns bairros estão demorando as visitas e outros estão descobertos pelo atendimento.</t>
+  </si>
+  <si>
+    <t>5430</t>
+  </si>
+  <si>
+    <t>428</t>
+  </si>
+  <si>
+    <t>REITERATIVA: Ao Sr. ADELCINO FRANCISCO LOPO, PREFEITO MUNICIPAL, COM CÓPIA A SECRETARIA MUNICIPAL DE OBRAS, solicitando que ao término do período chuvoso, realize um mutirão de limpeza em toda a cidade.</t>
+  </si>
+  <si>
+    <t>5431</t>
+  </si>
+  <si>
+    <t>429</t>
+  </si>
+  <si>
+    <t>Ao Sr. JUAREZ COSTA, DEPUTADO ESTADUAL, solicitando a destinação de recursos para o custeio da saúde em Pontal do Araguaia.</t>
+  </si>
+  <si>
+    <t>5432</t>
+  </si>
+  <si>
+    <t>430</t>
+  </si>
+  <si>
+    <t>Ao Executivo com cópia a  Secretaria Municipal de Obras, solicitando  a poda de árvore na rua F nº 2, bairro Luzia Maria de Moraes, residência da Srª. Ana Belo.</t>
+  </si>
+  <si>
+    <t>5436</t>
+  </si>
+  <si>
+    <t>431</t>
+  </si>
+  <si>
+    <t>REITERATIVA: Ao Sr. ADELCINO FRANCISCO LOPO, PREFEITO MUNICIPAL,   que determine ao setor competente a realização de concurso público para provimento de cargos efetivos em todas as áreas da administração pública municipal, com ênfase especial na área da saúde.</t>
+  </si>
+  <si>
+    <t>5437</t>
+  </si>
+  <si>
+    <t>432</t>
+  </si>
+  <si>
+    <t>Ao Sr. ADELCINO FRANCISCO LOPO, PREFEITO MUNICIPAL,  solicitando  que determine a instalação de cobertura no pergolado do Centro de Fisioterapia.</t>
+  </si>
+  <si>
+    <t>5438</t>
+  </si>
+  <si>
+    <t>433</t>
+  </si>
+  <si>
+    <t>Ao Sr. ADELCINO FRANCISCO LOPO, PREFEITO MUNICIPAL,  solicitando  que  determine a instalação de aquecedor elétrico na piscina do Centro de Reabilitação.</t>
+  </si>
+  <si>
+    <t>5439</t>
+  </si>
+  <si>
+    <t>434</t>
+  </si>
+  <si>
+    <t>Ao Sr. ADELCINO FRANCISCO LOPO, PREFEITO MUNICIPAL,  solicitando que determine ao setor competente a concessão de apoio por meio do fornecimento de combustível ou transporte para atender os usuários da Associação Barragarcense dos Cegos (ABC).</t>
+  </si>
+  <si>
+    <t>5440</t>
+  </si>
+  <si>
+    <t>435</t>
+  </si>
+  <si>
+    <t>Ao Sr. ADELCINO FRANCISCO LOPO, PREFEITO MUNICIPAL,  solicitando que determine ao setor competente a regularização imediata do atendimento psicopedagógico na rede municipal de saúde.</t>
+  </si>
+  <si>
+    <t>5441</t>
+  </si>
+  <si>
+    <t>436</t>
+  </si>
+  <si>
+    <t>Ao Sr. ADELCINO FRANCISCO LOPO, PREFEITO MUNICIPAL,  solicitando que determine ao setor competente a adoção de providências urgentes para correção dos problemas estruturais na Rua Félix Pereira Valoes, esquina com a Rua Padre Teixeira, decorrentes de obra de galeria de águas pluviais.</t>
+  </si>
+  <si>
+    <t>5442</t>
+  </si>
+  <si>
+    <t>437</t>
+  </si>
+  <si>
+    <t>Ao Sr. MAX RUSSI, DEPUTADO ESTADUAL, visando a destinação de emenda parlamentar no valor de R$ 500.000,00 (quinhentos mil reais) para custeio da saúde do município.</t>
+  </si>
+  <si>
+    <t>5443</t>
+  </si>
+  <si>
+    <t>438</t>
+  </si>
+  <si>
+    <t>REITERATIVA: Ao Sr. ADELCINO FRANCISCO LOPO, PREFEITO MUNICIPAL, com cópia a Secretaria Municipal de Obras, solicitando a manutenção  das estradas da zona rural, incluindo os assentamentos Sol, Brilhante e Agrovila Arara.</t>
   </si>
   <si>
     <t>5342</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Votos de Aplausos aos Cantores e Amigos da Viola  pelas ações e trabalhos sociais prestados a População de Pontal do Araguaia._x000D_
 Janete de Jesus Segatt, Francisco Ferreira da Silva,  Arlindo  Leite Correia, Osmar Cláudio da Silva, Sebastião Alves da Silva,  Jorge Luiz Barbosa da Silva, Helena F. Stam, Alberto Cardoso de Abreu, Joao Albano da Silva, Lázaro Ferreira de Souza,  Julio Moreira, José Pereira,  Judith Freitas,  Fernando Delmondes, Janete Oliveira,  Sirlene Beckmamn,  Hélio Alves de Sousa, Israel Parreira Menezes.</t>
   </si>
   <si>
+    <t>5363</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>Votos de Aplausos aos empresários Leandro de Carlos Cardoso e Polliana de Queiroz Cardoso, pelos serviços prestados a população de Pontal do Araguaia, através da Empresa Auto Escola Futura.</t>
+  </si>
+  <si>
+    <t>5364</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>Votos de Aplausos aos servidores que prestaram serviço nos mutirões, realizados em nosso município nos assentamentos,  fazendo atualização de documentos: Carlos Augusto da Silva Sobrinho; Ingredy Fidelis Ramos; Léia Lídia de Melo; Luana Araújo Sousa; Lucas Bastos Barbosa;Yasmin Conegundes;_x000D_
+Paula Roberta Queiroz da Costa; Reinhard de Paula Silva; Silvanilde Teixeira de Queiroz;  Mirna Miltrid Kopp.</t>
+  </si>
+  <si>
+    <t>5396</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>Votos de Aplausos aos POLICIAIS MILITARES Srs. ALEXSANDER DUQUES DOS SANTOS - 1º SGT PM e RENATO BRANQUINHO DOMINGUES - 3° SGT PM, pelo ato de bravura por conseguir salvar a vida do cidadão que tentou suicídio na ponte do Rio Garças.</t>
+  </si>
+  <si>
+    <t>5406</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>Votos de Aplausos ao Para a equipe do Cozinha Solidária e Mulheres Empreendedoras que já prestaram muitos serviços sociais e ações beneficentes a população de Pontal do Araguaia. _x000D_
+Empreededoras: Roseli Souza Vieira, Wclebia Figueiredo de Sousa Fonseca, Laura Ramos Freitas, Antoniely Silva Garcia e Elizangela da Silva Sales. _x000D_
+Ong Mulher Sábia (Cozinha Solidária): Hellen Teixeira Mamedes, Marizete Pinto Teixeira,  Filomena Teixeira Dias, Neuranea Joaquim de Souza,  Jackellyne Rodrigues Santos, Zilda Pereira de Souza Silva, Edneia Pereira da Silva, Lenir Creuza Rodrigues Santos, Rosangela Maria Dias Ferreira, Maria Lima Ramos Freitas.</t>
+  </si>
+  <si>
+    <t>5444</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>Votos de Aplausos a Srª NEUZELINA DA SILVA FERREIRA,  PELAS AÇÕES SOCIAIS REALIZADAS NA COMUNIDADE DE PONTAL DO ARAGUAIA, como por exemplo, a festa das crianças que acontece  todo ano no bairro Maria Luzia de Moraes.</t>
+  </si>
+  <si>
+    <t>5445</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>Votos de Aplausos PARA OS SERVIDORES DA EDUCAÇÃO: SECRETÁRIOS, COORDENADORES, PROFESSORES E APOIO ADMINISTRATIVO, pelos resultados alcançados em 2025, evidenciados pelos cumprimento das metas do Índice de Desempenho Educacional na Alfabetização – IDEAMT-ALFA, contribuindo para o fortalecimento da Educação Pública e para a garantia do direito de aprendizagem das crianças do Estado de Mato Grosso.</t>
+  </si>
+  <si>
+    <t>5446</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APLAUSOS em reconhecimento ao excelente trabalho prestado pela guarnição da Polícia Militar do Estado de Mato Grosso, composta pelo Cb PM Lucas Coronheiro Brandão e pelo Sd PM Danillo Campos Vieira Silva, lotados no NPM Itaquerê.</t>
+  </si>
+  <si>
+    <t>5447</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos para expressar o mais profundo reconhecimento, admiração e gratidão ao Excelentíssimo Senhor Adelcino Lopo, pelo relevante trabalho prestado à população pontalense durante sua gestão à frente do Poder Executivo Municipal.</t>
+  </si>
+  <si>
+    <t>5344</t>
+  </si>
+  <si>
+    <t>1320</t>
+  </si>
+  <si>
+    <t>PLO</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária</t>
+  </si>
+  <si>
+    <t>Executivo</t>
+  </si>
+  <si>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/5344/projeto_de_lei_no_1320_2026.pdf</t>
+  </si>
+  <si>
+    <t>Visa a contratação de pessoal para atender a necessidade temporária de excepcional interesse público, nos termos do inciso IX do Art. 37 da CF e dá outras providências.</t>
+  </si>
+  <si>
+    <t>5345</t>
+  </si>
+  <si>
+    <t>1321</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal abrir crédito adicional por superavit do exercício anterior e dá outras providências.</t>
+  </si>
+  <si>
+    <t>5346</t>
+  </si>
+  <si>
+    <t>1322</t>
+  </si>
+  <si>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/5346/projeto_de_lei_no_1322_2026.pdf</t>
+  </si>
+  <si>
+    <t>Altera dispositivos da Lei Municipal nº 1337/2025 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>5347</t>
+  </si>
+  <si>
+    <t>1323</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal abrir crédito adicional por Superávit do Exercício anterior e dá outras providências.</t>
+  </si>
+  <si>
+    <t>5348</t>
+  </si>
+  <si>
+    <t>1324</t>
+  </si>
+  <si>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/5348/projeto_de_lei_1324_000010.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal abrir crédito adicional superávit do exercício anterior e dá outras providências.</t>
+  </si>
+  <si>
+    <t>5349</t>
+  </si>
+  <si>
+    <t>1325</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal abrir crédito adicional por superávit do exercicio anterior e dá outras providências.</t>
+  </si>
+  <si>
+    <t>5365</t>
+  </si>
+  <si>
+    <t>1326</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o provimento de vagas para atender à necessidade temporária de excepcional interesse público por meio do Processo Seletivo Simplificado Por Contagem de Pontos e Entrevista, nos termos do Inciso IX do Art. 37 da CF e dá outras providências.</t>
+  </si>
+  <si>
+    <t>5366</t>
+  </si>
+  <si>
+    <t>1327</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação de vagas para cargos em comissão no âmbito estrutura básica da Administração Municipal e dá outras providências.</t>
+  </si>
+  <si>
+    <t>5367</t>
+  </si>
+  <si>
+    <t>1328</t>
+  </si>
+  <si>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/5367/projeto_de_lei_n_1328_2026.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação do serviço de inspeção municipal e os procedimentos de inspeção sanitária em estabelecimento que produzem produtos de origem animal no município de Pontal do Araguaia e dá outras providências.</t>
+  </si>
+  <si>
+    <t>5368</t>
+  </si>
+  <si>
+    <t>1329</t>
+  </si>
+  <si>
+    <t>Altera dispositivos da Lei municipal nº 1356/2025 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>5381</t>
+  </si>
+  <si>
+    <t>1330</t>
+  </si>
+  <si>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/5381/projeto_de_lei_no_1330_2026.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a instituir o Desfile de Pet no Calendário oficial do municipio e a conceder premiação em dinheiro e dá outras providências.</t>
+  </si>
+  <si>
+    <t>5382</t>
+  </si>
+  <si>
+    <t>1331</t>
+  </si>
+  <si>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/5382/projeto_de_lei_n_1331_2026.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal abrir Crédito Especial por Excesso de Arrecadação e dá outras providências.</t>
+  </si>
+  <si>
+    <t>5383</t>
+  </si>
+  <si>
+    <t>1332</t>
+  </si>
+  <si>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/5383/projeto_de_lei_n_1332_2026.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional especial por excesso de arrecadação de dotação e dá outras providências.</t>
+  </si>
+  <si>
+    <t>5384</t>
+  </si>
+  <si>
+    <t>1333</t>
+  </si>
+  <si>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/5384/projeto_de_lei_n_1333_2026.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a abrir crédito especial por superávit de arrecadação e dá outras providências.</t>
+  </si>
+  <si>
+    <t>5385</t>
+  </si>
+  <si>
+    <t>1334</t>
+  </si>
+  <si>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/5385/projeto_de_lei_1334_2026.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal abrir crédito adicional por excesso de arrecadação e dá outras providências.</t>
+  </si>
+  <si>
+    <t>5386</t>
+  </si>
+  <si>
+    <t>1335</t>
+  </si>
+  <si>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/5386/projeto_de_lei_1335_2026.pdf</t>
+  </si>
+  <si>
+    <t>5407</t>
+  </si>
+  <si>
+    <t>1336</t>
+  </si>
+  <si>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/5407/projeto_de_lei_n_1336-2026.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal abrir Crédito Adicional por Execesso de Arrecadação e dá outras providências.</t>
+  </si>
+  <si>
+    <t>5408</t>
+  </si>
+  <si>
+    <t>1337</t>
+  </si>
+  <si>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/5408/projeto_de_lei_n_1337-2026.pdf</t>
+  </si>
+  <si>
+    <t>5410</t>
+  </si>
+  <si>
+    <t>1338</t>
+  </si>
+  <si>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/5410/projeto_de_lei_1339_2026.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a doação de importes e dá outras providências.</t>
+  </si>
+  <si>
+    <t>5433</t>
+  </si>
+  <si>
+    <t>1339</t>
+  </si>
+  <si>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/5433/projeto_de_lei_1339_2026.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a proibição de realização de comércio e fixação de propagandas em gramados, jardins, canteiros, praças e demais áreas públicas no município.</t>
+  </si>
+  <si>
+    <t>5435</t>
+  </si>
+  <si>
+    <t>1340</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a doação  de importe e dá outras providências: APOBAG.</t>
+  </si>
+  <si>
+    <t>5411</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>PLOC</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI ORDINARIA DA CÂMARA</t>
+  </si>
+  <si>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/5411/projeto_de_lei_no_007_2026_-_ver_rone.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI O PROGRAMA “ROTA AZUL SOCIAL”, no município de Pontal do Araguaia-MT, assegurando a entrega de medicamentos e suporte psicossocial, médico e assistencial pessoas com Transtorno do Espectro Autista (TEA), idosos e pessoas com deficiência, que estejam em situação de vulnerabilidade ou impossibilitadas de buscar esses serviços, e cria o serviço de cadastro e emergência “Rota Azul Social”.</t>
+  </si>
+  <si>
+    <t>5350</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>REQ</t>
+  </si>
+  <si>
+    <t>Requerimento</t>
+  </si>
+  <si>
+    <t>A empresa ENERGISA, concessionária responsável pelo fornecimento de energia elétrica no Estado de Mato Grosso, para que preste esclarecimentos e adote providências urgentes diante das constantes interrupções, quedas e oscilações no fornecimento de energia elétrica no município de Pontal do Araguaia/MT.</t>
+  </si>
+  <si>
+    <t>5351</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>Requerer que seja encaminhado expediente ao Poder Executivo Municipal, por meio da Secretaria Municipal de Saúde, solicitando informações detalhadas acerca da atuação dos Agentes Comunitários de Saúde (ACS) no município de Pontal do Araguaia/MT.</t>
+  </si>
+  <si>
+    <t>5352</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>Requerer que seja encaminhado expediente ao Poder Executivo Municipal, por meio da Secretaria Municipal de Educação, solicitando informações e providências urgentes acerca da ausência de monitor(a) ou profissional de apoio em sala de aula para alunos com Transtorno do Espectro Autista (TEA) na rede municipal de ensino de Pontal do Araguaia/MT.</t>
+  </si>
+  <si>
+    <t>5353</t>
+  </si>
+  <si>
+    <t>REQUER, após ouvido o Plenário, que seja encaminhado EXPEDIENTE OFICIAL à Secretaria Municipal de Ação Social da Prefeitura de Pontal do Araguaia/MT, solicitando as seguintes informações: Lista nominal das famílias pré-selecionadas para serem beneficiadas com casas populares oriundas de programas habitacionais do Governo, sejam eles federais, estaduais ou municipais; Critérios adotados para a pré-seleção dessas famílias, incluindo normas, pontuações, cadastros utilizados e demais requisitos considerados no processo.</t>
+  </si>
+  <si>
+    <t>5397</t>
+  </si>
+  <si>
+    <t>REQPR</t>
+  </si>
+  <si>
+    <t>REQUERIMENTO AO PRESIDENTE</t>
+  </si>
+  <si>
+    <t>http://sapl.pontaldoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/5397/requerimento_rauflis_camara_1.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento do Ver. Rauflis Mello  encaminhando decisão proferida pelo Superior Tribunal de Justiça em sede de Recurso Ordinário em Habeas Corpus que determinou o retorno do requeremnte ao exercício do seu mandato de Vereador.</t>
+  </si>
+  <si>
     <t>5343</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>CCP</t>
   </si>
   <si>
     <t>Composição das Comissões Permanentes</t>
-  </si>
-[...1 lines deleted...]
-    <t>Câmara Municipal</t>
   </si>
   <si>
     <t>Nomeação dos membros das comissões que ficaram vagas em virtude da Presidência do Ver. Vinicius Medeiros: Relatorias das Comissões: Economia e Finanças; Comissão de Educação, Saude e Assistencia Social, Obras Públicas.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -514,67 +1540,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/5344/projeto_de_lei_no_1320_2026.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/5346/projeto_de_lei_no_1322_2026.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/5348/projeto_de_lei_1324_000010.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/5367/projeto_de_lei_n_1328_2026.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/5381/projeto_de_lei_no_1330_2026.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/5382/projeto_de_lei_n_1331_2026.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/5383/projeto_de_lei_n_1332_2026.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/5384/projeto_de_lei_n_1333_2026.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/5385/projeto_de_lei_1334_2026.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/5386/projeto_de_lei_1335_2026.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/5407/projeto_de_lei_n_1336-2026.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/5408/projeto_de_lei_n_1337-2026.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/5410/projeto_de_lei_1339_2026.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/5433/projeto_de_lei_1339_2026.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/5411/projeto_de_lei_no_007_2026_-_ver_rone.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/5397/requerimento_rauflis_camara_1.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pontaldoaraguaia.mt.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H11"/>
+  <dimension ref="A1:H115"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="37.7109375" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="18.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="43.42578125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="34" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="119.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -597,285 +1623,3090 @@
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F4" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H4" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E5" t="s">
+        <v>19</v>
+      </c>
+      <c r="F5" t="s">
         <v>24</v>
       </c>
-      <c r="D5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G5" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H5" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E6" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F6" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H6" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E7" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F7" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H7" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E8" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F8" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H8" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E9" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F9" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="G9" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H9" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="D10" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="E10" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="F10" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="G10" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H10" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D11" t="s">
-        <v>48</v>
+        <v>18</v>
       </c>
       <c r="E11" t="s">
+        <v>19</v>
+      </c>
+      <c r="F11" t="s">
         <v>49</v>
       </c>
-      <c r="F11" t="s">
+      <c r="G11" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H11" t="s">
         <v>50</v>
       </c>
-      <c r="G11" s="1" t="s">
-[...2 lines deleted...]
-      <c r="H11" t="s">
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" t="s">
         <v>51</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>52</v>
+      </c>
+      <c r="D12" t="s">
+        <v>18</v>
+      </c>
+      <c r="E12" t="s">
+        <v>19</v>
+      </c>
+      <c r="F12" t="s">
+        <v>53</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H12" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>55</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>56</v>
+      </c>
+      <c r="D13" t="s">
+        <v>18</v>
+      </c>
+      <c r="E13" t="s">
+        <v>19</v>
+      </c>
+      <c r="F13" t="s">
+        <v>53</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H13" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
+        <v>58</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>59</v>
+      </c>
+      <c r="D14" t="s">
+        <v>18</v>
+      </c>
+      <c r="E14" t="s">
+        <v>19</v>
+      </c>
+      <c r="F14" t="s">
+        <v>45</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H14" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>61</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>62</v>
+      </c>
+      <c r="D15" t="s">
+        <v>18</v>
+      </c>
+      <c r="E15" t="s">
+        <v>19</v>
+      </c>
+      <c r="F15" t="s">
+        <v>45</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H15" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>64</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>65</v>
+      </c>
+      <c r="D16" t="s">
+        <v>18</v>
+      </c>
+      <c r="E16" t="s">
+        <v>19</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H16" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>67</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>68</v>
+      </c>
+      <c r="D17" t="s">
+        <v>18</v>
+      </c>
+      <c r="E17" t="s">
+        <v>19</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H17" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>70</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>71</v>
+      </c>
+      <c r="D18" t="s">
+        <v>18</v>
+      </c>
+      <c r="E18" t="s">
+        <v>19</v>
+      </c>
+      <c r="F18" t="s">
+        <v>24</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H18" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>73</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>74</v>
+      </c>
+      <c r="D19" t="s">
+        <v>18</v>
+      </c>
+      <c r="E19" t="s">
+        <v>19</v>
+      </c>
+      <c r="F19" t="s">
+        <v>24</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H19" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>76</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>77</v>
+      </c>
+      <c r="D20" t="s">
+        <v>18</v>
+      </c>
+      <c r="E20" t="s">
+        <v>19</v>
+      </c>
+      <c r="F20" t="s">
+        <v>78</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H20" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>80</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>81</v>
+      </c>
+      <c r="D21" t="s">
+        <v>18</v>
+      </c>
+      <c r="E21" t="s">
+        <v>19</v>
+      </c>
+      <c r="F21" t="s">
+        <v>41</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H21" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>83</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>84</v>
+      </c>
+      <c r="D22" t="s">
+        <v>18</v>
+      </c>
+      <c r="E22" t="s">
+        <v>19</v>
+      </c>
+      <c r="F22" t="s">
+        <v>41</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H22" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>86</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>87</v>
+      </c>
+      <c r="D23" t="s">
+        <v>18</v>
+      </c>
+      <c r="E23" t="s">
+        <v>19</v>
+      </c>
+      <c r="F23" t="s">
+        <v>37</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H23" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>89</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>90</v>
+      </c>
+      <c r="D24" t="s">
+        <v>18</v>
+      </c>
+      <c r="E24" t="s">
+        <v>19</v>
+      </c>
+      <c r="F24" t="s">
+        <v>24</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H24" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>92</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>93</v>
+      </c>
+      <c r="D25" t="s">
+        <v>18</v>
+      </c>
+      <c r="E25" t="s">
+        <v>19</v>
+      </c>
+      <c r="F25" t="s">
+        <v>24</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H25" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>95</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>96</v>
+      </c>
+      <c r="D26" t="s">
+        <v>18</v>
+      </c>
+      <c r="E26" t="s">
+        <v>19</v>
+      </c>
+      <c r="F26" t="s">
+        <v>24</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H26" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>98</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>99</v>
+      </c>
+      <c r="D27" t="s">
+        <v>18</v>
+      </c>
+      <c r="E27" t="s">
+        <v>19</v>
+      </c>
+      <c r="F27" t="s">
+        <v>24</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H27" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>101</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>102</v>
+      </c>
+      <c r="D28" t="s">
+        <v>18</v>
+      </c>
+      <c r="E28" t="s">
+        <v>19</v>
+      </c>
+      <c r="F28" t="s">
+        <v>24</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H28" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>104</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>105</v>
+      </c>
+      <c r="D29" t="s">
+        <v>18</v>
+      </c>
+      <c r="E29" t="s">
+        <v>19</v>
+      </c>
+      <c r="F29" t="s">
+        <v>24</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H29" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>107</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>108</v>
+      </c>
+      <c r="D30" t="s">
+        <v>18</v>
+      </c>
+      <c r="E30" t="s">
+        <v>19</v>
+      </c>
+      <c r="F30" t="s">
+        <v>45</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H30" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>110</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>111</v>
+      </c>
+      <c r="D31" t="s">
+        <v>18</v>
+      </c>
+      <c r="E31" t="s">
+        <v>19</v>
+      </c>
+      <c r="F31" t="s">
+        <v>45</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H31" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>113</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>114</v>
+      </c>
+      <c r="D32" t="s">
+        <v>18</v>
+      </c>
+      <c r="E32" t="s">
+        <v>19</v>
+      </c>
+      <c r="F32" t="s">
+        <v>115</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H32" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>117</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>118</v>
+      </c>
+      <c r="D33" t="s">
+        <v>18</v>
+      </c>
+      <c r="E33" t="s">
+        <v>19</v>
+      </c>
+      <c r="F33" t="s">
+        <v>24</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H33" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>120</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>121</v>
+      </c>
+      <c r="D34" t="s">
+        <v>18</v>
+      </c>
+      <c r="E34" t="s">
+        <v>19</v>
+      </c>
+      <c r="F34" t="s">
+        <v>24</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H34" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>123</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>124</v>
+      </c>
+      <c r="D35" t="s">
+        <v>18</v>
+      </c>
+      <c r="E35" t="s">
+        <v>19</v>
+      </c>
+      <c r="F35" t="s">
+        <v>24</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H35" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>126</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>127</v>
+      </c>
+      <c r="D36" t="s">
+        <v>18</v>
+      </c>
+      <c r="E36" t="s">
+        <v>19</v>
+      </c>
+      <c r="F36" t="s">
+        <v>24</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H36" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
+        <v>129</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>130</v>
+      </c>
+      <c r="D37" t="s">
+        <v>18</v>
+      </c>
+      <c r="E37" t="s">
+        <v>19</v>
+      </c>
+      <c r="F37" t="s">
+        <v>24</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H37" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>132</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>133</v>
+      </c>
+      <c r="D38" t="s">
+        <v>18</v>
+      </c>
+      <c r="E38" t="s">
+        <v>19</v>
+      </c>
+      <c r="F38" t="s">
+        <v>24</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H38" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s">
+        <v>135</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>136</v>
+      </c>
+      <c r="D39" t="s">
+        <v>18</v>
+      </c>
+      <c r="E39" t="s">
+        <v>19</v>
+      </c>
+      <c r="F39" t="s">
+        <v>45</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H39" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" t="s">
+        <v>138</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>139</v>
+      </c>
+      <c r="D40" t="s">
+        <v>18</v>
+      </c>
+      <c r="E40" t="s">
+        <v>19</v>
+      </c>
+      <c r="F40" t="s">
+        <v>45</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H40" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s">
+        <v>141</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>142</v>
+      </c>
+      <c r="D41" t="s">
+        <v>18</v>
+      </c>
+      <c r="E41" t="s">
+        <v>19</v>
+      </c>
+      <c r="F41" t="s">
+        <v>37</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H41" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" t="s">
+        <v>144</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>145</v>
+      </c>
+      <c r="D42" t="s">
+        <v>18</v>
+      </c>
+      <c r="E42" t="s">
+        <v>19</v>
+      </c>
+      <c r="F42" t="s">
+        <v>24</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H42" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" t="s">
+        <v>147</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>148</v>
+      </c>
+      <c r="D43" t="s">
+        <v>18</v>
+      </c>
+      <c r="E43" t="s">
+        <v>19</v>
+      </c>
+      <c r="F43" t="s">
+        <v>24</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H43" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" t="s">
+        <v>150</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>151</v>
+      </c>
+      <c r="D44" t="s">
+        <v>18</v>
+      </c>
+      <c r="E44" t="s">
+        <v>19</v>
+      </c>
+      <c r="F44" t="s">
+        <v>24</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H44" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" t="s">
+        <v>153</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>154</v>
+      </c>
+      <c r="D45" t="s">
+        <v>18</v>
+      </c>
+      <c r="E45" t="s">
+        <v>19</v>
+      </c>
+      <c r="F45" t="s">
+        <v>24</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H45" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" t="s">
+        <v>156</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>157</v>
+      </c>
+      <c r="D46" t="s">
+        <v>18</v>
+      </c>
+      <c r="E46" t="s">
+        <v>19</v>
+      </c>
+      <c r="F46" t="s">
+        <v>24</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H46" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" t="s">
+        <v>159</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>160</v>
+      </c>
+      <c r="D47" t="s">
+        <v>18</v>
+      </c>
+      <c r="E47" t="s">
+        <v>19</v>
+      </c>
+      <c r="F47" t="s">
+        <v>24</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H47" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48" t="s">
+        <v>162</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>163</v>
+      </c>
+      <c r="D48" t="s">
+        <v>18</v>
+      </c>
+      <c r="E48" t="s">
+        <v>19</v>
+      </c>
+      <c r="F48" t="s">
+        <v>24</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H48" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49" t="s">
+        <v>165</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>166</v>
+      </c>
+      <c r="D49" t="s">
+        <v>18</v>
+      </c>
+      <c r="E49" t="s">
+        <v>19</v>
+      </c>
+      <c r="F49" t="s">
+        <v>53</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H49" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" t="s">
+        <v>168</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>169</v>
+      </c>
+      <c r="D50" t="s">
+        <v>18</v>
+      </c>
+      <c r="E50" t="s">
+        <v>19</v>
+      </c>
+      <c r="F50" t="s">
+        <v>24</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H50" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" t="s">
+        <v>171</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>172</v>
+      </c>
+      <c r="D51" t="s">
+        <v>18</v>
+      </c>
+      <c r="E51" t="s">
+        <v>19</v>
+      </c>
+      <c r="F51" t="s">
+        <v>173</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H51" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" t="s">
+        <v>175</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>176</v>
+      </c>
+      <c r="D52" t="s">
+        <v>18</v>
+      </c>
+      <c r="E52" t="s">
+        <v>19</v>
+      </c>
+      <c r="F52" t="s">
+        <v>24</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H52" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53" t="s">
+        <v>178</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>179</v>
+      </c>
+      <c r="D53" t="s">
+        <v>18</v>
+      </c>
+      <c r="E53" t="s">
+        <v>19</v>
+      </c>
+      <c r="F53" t="s">
+        <v>24</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H53" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" t="s">
+        <v>181</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>182</v>
+      </c>
+      <c r="D54" t="s">
+        <v>18</v>
+      </c>
+      <c r="E54" t="s">
+        <v>19</v>
+      </c>
+      <c r="F54" t="s">
+        <v>24</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H54" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" t="s">
+        <v>184</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>185</v>
+      </c>
+      <c r="D55" t="s">
+        <v>18</v>
+      </c>
+      <c r="E55" t="s">
+        <v>19</v>
+      </c>
+      <c r="F55" t="s">
+        <v>173</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H55" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56" t="s">
+        <v>187</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>188</v>
+      </c>
+      <c r="D56" t="s">
+        <v>18</v>
+      </c>
+      <c r="E56" t="s">
+        <v>19</v>
+      </c>
+      <c r="F56" t="s">
+        <v>24</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H56" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" t="s">
+        <v>190</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>191</v>
+      </c>
+      <c r="D57" t="s">
+        <v>18</v>
+      </c>
+      <c r="E57" t="s">
+        <v>19</v>
+      </c>
+      <c r="F57" t="s">
+        <v>24</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H57" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" t="s">
+        <v>193</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>194</v>
+      </c>
+      <c r="D58" t="s">
+        <v>18</v>
+      </c>
+      <c r="E58" t="s">
+        <v>19</v>
+      </c>
+      <c r="F58" t="s">
+        <v>195</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H58" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" t="s">
+        <v>197</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>198</v>
+      </c>
+      <c r="D59" t="s">
+        <v>18</v>
+      </c>
+      <c r="E59" t="s">
+        <v>19</v>
+      </c>
+      <c r="F59" t="s">
+        <v>195</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H59" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" t="s">
+        <v>200</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>201</v>
+      </c>
+      <c r="D60" t="s">
+        <v>18</v>
+      </c>
+      <c r="E60" t="s">
+        <v>19</v>
+      </c>
+      <c r="F60" t="s">
+        <v>195</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H60" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61" t="s">
+        <v>203</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>204</v>
+      </c>
+      <c r="D61" t="s">
+        <v>18</v>
+      </c>
+      <c r="E61" t="s">
+        <v>19</v>
+      </c>
+      <c r="F61" t="s">
+        <v>20</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H61" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8">
+      <c r="A62" t="s">
+        <v>206</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>207</v>
+      </c>
+      <c r="D62" t="s">
+        <v>18</v>
+      </c>
+      <c r="E62" t="s">
+        <v>19</v>
+      </c>
+      <c r="F62" t="s">
+        <v>53</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H62" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
+      <c r="A63" t="s">
+        <v>209</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>210</v>
+      </c>
+      <c r="D63" t="s">
+        <v>18</v>
+      </c>
+      <c r="E63" t="s">
+        <v>19</v>
+      </c>
+      <c r="F63" t="s">
+        <v>53</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H63" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64" t="s">
+        <v>212</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>213</v>
+      </c>
+      <c r="D64" t="s">
+        <v>18</v>
+      </c>
+      <c r="E64" t="s">
+        <v>19</v>
+      </c>
+      <c r="F64" t="s">
+        <v>53</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H64" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" t="s">
+        <v>215</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>216</v>
+      </c>
+      <c r="D65" t="s">
+        <v>18</v>
+      </c>
+      <c r="E65" t="s">
+        <v>19</v>
+      </c>
+      <c r="F65" t="s">
+        <v>53</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H65" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" t="s">
+        <v>218</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>219</v>
+      </c>
+      <c r="D66" t="s">
+        <v>18</v>
+      </c>
+      <c r="E66" t="s">
+        <v>19</v>
+      </c>
+      <c r="F66" t="s">
+        <v>53</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H66" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" t="s">
+        <v>221</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>222</v>
+      </c>
+      <c r="D67" t="s">
+        <v>18</v>
+      </c>
+      <c r="E67" t="s">
+        <v>19</v>
+      </c>
+      <c r="F67" t="s">
+        <v>53</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H67" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" t="s">
+        <v>224</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>225</v>
+      </c>
+      <c r="D68" t="s">
+        <v>18</v>
+      </c>
+      <c r="E68" t="s">
+        <v>19</v>
+      </c>
+      <c r="F68" t="s">
+        <v>37</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H68" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" t="s">
+        <v>227</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>228</v>
+      </c>
+      <c r="D69" t="s">
+        <v>18</v>
+      </c>
+      <c r="E69" t="s">
+        <v>19</v>
+      </c>
+      <c r="F69" t="s">
+        <v>37</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H69" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="A70" t="s">
+        <v>230</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>231</v>
+      </c>
+      <c r="D70" t="s">
+        <v>18</v>
+      </c>
+      <c r="E70" t="s">
+        <v>19</v>
+      </c>
+      <c r="F70" t="s">
+        <v>45</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H70" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71" t="s">
+        <v>233</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>234</v>
+      </c>
+      <c r="D71" t="s">
+        <v>18</v>
+      </c>
+      <c r="E71" t="s">
+        <v>19</v>
+      </c>
+      <c r="F71" t="s">
+        <v>24</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H71" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" t="s">
+        <v>236</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>237</v>
+      </c>
+      <c r="D72" t="s">
+        <v>18</v>
+      </c>
+      <c r="E72" t="s">
+        <v>19</v>
+      </c>
+      <c r="F72" t="s">
+        <v>24</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H72" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8">
+      <c r="A73" t="s">
+        <v>239</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
+        <v>240</v>
+      </c>
+      <c r="D73" t="s">
+        <v>18</v>
+      </c>
+      <c r="E73" t="s">
+        <v>19</v>
+      </c>
+      <c r="F73" t="s">
+        <v>24</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H73" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8">
+      <c r="A74" t="s">
+        <v>242</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>243</v>
+      </c>
+      <c r="D74" t="s">
+        <v>18</v>
+      </c>
+      <c r="E74" t="s">
+        <v>19</v>
+      </c>
+      <c r="F74" t="s">
+        <v>24</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H74" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8">
+      <c r="A75" t="s">
+        <v>245</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
+        <v>246</v>
+      </c>
+      <c r="D75" t="s">
+        <v>18</v>
+      </c>
+      <c r="E75" t="s">
+        <v>19</v>
+      </c>
+      <c r="F75" t="s">
+        <v>24</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H75" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8">
+      <c r="A76" t="s">
+        <v>248</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
+        <v>249</v>
+      </c>
+      <c r="D76" t="s">
+        <v>18</v>
+      </c>
+      <c r="E76" t="s">
+        <v>19</v>
+      </c>
+      <c r="F76" t="s">
+        <v>24</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H76" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8">
+      <c r="A77" t="s">
+        <v>251</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
+        <v>252</v>
+      </c>
+      <c r="D77" t="s">
+        <v>18</v>
+      </c>
+      <c r="E77" t="s">
+        <v>19</v>
+      </c>
+      <c r="F77" t="s">
+        <v>24</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H77" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8">
+      <c r="A78" t="s">
+        <v>254</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>255</v>
+      </c>
+      <c r="D78" t="s">
+        <v>18</v>
+      </c>
+      <c r="E78" t="s">
+        <v>19</v>
+      </c>
+      <c r="F78" t="s">
+        <v>41</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H78" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8">
+      <c r="A79" t="s">
+        <v>257</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
+        <v>258</v>
+      </c>
+      <c r="D79" t="s">
+        <v>259</v>
+      </c>
+      <c r="E79" t="s">
+        <v>260</v>
+      </c>
+      <c r="F79" t="s">
+        <v>45</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H79" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8">
+      <c r="A80" t="s">
+        <v>262</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
+        <v>263</v>
+      </c>
+      <c r="D80" t="s">
+        <v>259</v>
+      </c>
+      <c r="E80" t="s">
+        <v>260</v>
+      </c>
+      <c r="F80" t="s">
+        <v>45</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H80" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8">
+      <c r="A81" t="s">
+        <v>265</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
+        <v>266</v>
+      </c>
+      <c r="D81" t="s">
+        <v>259</v>
+      </c>
+      <c r="E81" t="s">
+        <v>260</v>
+      </c>
+      <c r="F81" t="s">
+        <v>53</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H81" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8">
+      <c r="A82" t="s">
+        <v>268</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>269</v>
+      </c>
+      <c r="D82" t="s">
+        <v>259</v>
+      </c>
+      <c r="E82" t="s">
+        <v>260</v>
+      </c>
+      <c r="F82" t="s">
+        <v>45</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H82" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8">
+      <c r="A83" t="s">
+        <v>271</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
+        <v>272</v>
+      </c>
+      <c r="D83" t="s">
+        <v>259</v>
+      </c>
+      <c r="E83" t="s">
+        <v>260</v>
+      </c>
+      <c r="F83" t="s">
+        <v>45</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H83" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8">
+      <c r="A84" t="s">
+        <v>274</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
+        <v>275</v>
+      </c>
+      <c r="D84" t="s">
+        <v>259</v>
+      </c>
+      <c r="E84" t="s">
+        <v>260</v>
+      </c>
+      <c r="F84" t="s">
+        <v>37</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H84" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8">
+      <c r="A85" t="s">
+        <v>277</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
+        <v>278</v>
+      </c>
+      <c r="D85" t="s">
+        <v>259</v>
+      </c>
+      <c r="E85" t="s">
+        <v>260</v>
+      </c>
+      <c r="F85" t="s">
+        <v>37</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H85" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8">
+      <c r="A86" t="s">
+        <v>280</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>281</v>
+      </c>
+      <c r="D86" t="s">
+        <v>259</v>
+      </c>
+      <c r="E86" t="s">
+        <v>260</v>
+      </c>
+      <c r="F86" t="s">
+        <v>37</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H86" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8">
+      <c r="A87" t="s">
+        <v>283</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>284</v>
+      </c>
+      <c r="D87" t="s">
+        <v>259</v>
+      </c>
+      <c r="E87" t="s">
+        <v>260</v>
+      </c>
+      <c r="F87" t="s">
+        <v>37</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H87" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8">
+      <c r="A88" t="s">
+        <v>286</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>287</v>
+      </c>
+      <c r="D88" t="s">
+        <v>288</v>
+      </c>
+      <c r="E88" t="s">
+        <v>289</v>
+      </c>
+      <c r="F88" t="s">
+        <v>290</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="H88" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8">
+      <c r="A89" t="s">
+        <v>293</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
+        <v>294</v>
+      </c>
+      <c r="D89" t="s">
+        <v>288</v>
+      </c>
+      <c r="E89" t="s">
+        <v>289</v>
+      </c>
+      <c r="F89" t="s">
+        <v>290</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H89" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8">
+      <c r="A90" t="s">
+        <v>296</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>297</v>
+      </c>
+      <c r="D90" t="s">
+        <v>288</v>
+      </c>
+      <c r="E90" t="s">
+        <v>289</v>
+      </c>
+      <c r="F90" t="s">
+        <v>290</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="H90" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8">
+      <c r="A91" t="s">
+        <v>300</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
+        <v>301</v>
+      </c>
+      <c r="D91" t="s">
+        <v>288</v>
+      </c>
+      <c r="E91" t="s">
+        <v>289</v>
+      </c>
+      <c r="F91" t="s">
+        <v>290</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H91" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8">
+      <c r="A92" t="s">
+        <v>303</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
+        <v>304</v>
+      </c>
+      <c r="D92" t="s">
+        <v>288</v>
+      </c>
+      <c r="E92" t="s">
+        <v>289</v>
+      </c>
+      <c r="F92" t="s">
+        <v>290</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="H92" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8">
+      <c r="A93" t="s">
+        <v>307</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
+        <v>308</v>
+      </c>
+      <c r="D93" t="s">
+        <v>288</v>
+      </c>
+      <c r="E93" t="s">
+        <v>289</v>
+      </c>
+      <c r="F93" t="s">
+        <v>290</v>
+      </c>
+      <c r="G93" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H93" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8">
+      <c r="A94" t="s">
+        <v>310</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
+        <v>311</v>
+      </c>
+      <c r="D94" t="s">
+        <v>288</v>
+      </c>
+      <c r="E94" t="s">
+        <v>289</v>
+      </c>
+      <c r="F94" t="s">
+        <v>290</v>
+      </c>
+      <c r="G94" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H94" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8">
+      <c r="A95" t="s">
+        <v>313</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
+        <v>314</v>
+      </c>
+      <c r="D95" t="s">
+        <v>288</v>
+      </c>
+      <c r="E95" t="s">
+        <v>289</v>
+      </c>
+      <c r="F95" t="s">
+        <v>290</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H95" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8">
+      <c r="A96" t="s">
+        <v>316</v>
+      </c>
+      <c r="B96" t="s">
+        <v>9</v>
+      </c>
+      <c r="C96" t="s">
+        <v>317</v>
+      </c>
+      <c r="D96" t="s">
+        <v>288</v>
+      </c>
+      <c r="E96" t="s">
+        <v>289</v>
+      </c>
+      <c r="F96" t="s">
+        <v>290</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="H96" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8">
+      <c r="A97" t="s">
+        <v>320</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
+        <v>321</v>
+      </c>
+      <c r="D97" t="s">
+        <v>288</v>
+      </c>
+      <c r="E97" t="s">
+        <v>289</v>
+      </c>
+      <c r="F97" t="s">
+        <v>290</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H97" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8">
+      <c r="A98" t="s">
+        <v>323</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
+        <v>324</v>
+      </c>
+      <c r="D98" t="s">
+        <v>288</v>
+      </c>
+      <c r="E98" t="s">
+        <v>289</v>
+      </c>
+      <c r="F98" t="s">
+        <v>290</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="H98" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8">
+      <c r="A99" t="s">
+        <v>327</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
+        <v>328</v>
+      </c>
+      <c r="D99" t="s">
+        <v>288</v>
+      </c>
+      <c r="E99" t="s">
+        <v>289</v>
+      </c>
+      <c r="F99" t="s">
+        <v>290</v>
+      </c>
+      <c r="G99" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="H99" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8">
+      <c r="A100" t="s">
+        <v>331</v>
+      </c>
+      <c r="B100" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" t="s">
+        <v>332</v>
+      </c>
+      <c r="D100" t="s">
+        <v>288</v>
+      </c>
+      <c r="E100" t="s">
+        <v>289</v>
+      </c>
+      <c r="F100" t="s">
+        <v>290</v>
+      </c>
+      <c r="G100" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="H100" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8">
+      <c r="A101" t="s">
+        <v>335</v>
+      </c>
+      <c r="B101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C101" t="s">
+        <v>336</v>
+      </c>
+      <c r="D101" t="s">
+        <v>288</v>
+      </c>
+      <c r="E101" t="s">
+        <v>289</v>
+      </c>
+      <c r="F101" t="s">
+        <v>290</v>
+      </c>
+      <c r="G101" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="H101" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8">
+      <c r="A102" t="s">
+        <v>339</v>
+      </c>
+      <c r="B102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" t="s">
+        <v>340</v>
+      </c>
+      <c r="D102" t="s">
+        <v>288</v>
+      </c>
+      <c r="E102" t="s">
+        <v>289</v>
+      </c>
+      <c r="F102" t="s">
+        <v>290</v>
+      </c>
+      <c r="G102" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="H102" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8">
+      <c r="A103" t="s">
+        <v>343</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
+        <v>344</v>
+      </c>
+      <c r="D103" t="s">
+        <v>288</v>
+      </c>
+      <c r="E103" t="s">
+        <v>289</v>
+      </c>
+      <c r="F103" t="s">
+        <v>290</v>
+      </c>
+      <c r="G103" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="H103" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="104" spans="1:8">
+      <c r="A104" t="s">
+        <v>346</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
+        <v>347</v>
+      </c>
+      <c r="D104" t="s">
+        <v>288</v>
+      </c>
+      <c r="E104" t="s">
+        <v>289</v>
+      </c>
+      <c r="F104" t="s">
+        <v>290</v>
+      </c>
+      <c r="G104" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="H104" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="105" spans="1:8">
+      <c r="A105" t="s">
+        <v>350</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" t="s">
+        <v>351</v>
+      </c>
+      <c r="D105" t="s">
+        <v>288</v>
+      </c>
+      <c r="E105" t="s">
+        <v>289</v>
+      </c>
+      <c r="F105" t="s">
+        <v>290</v>
+      </c>
+      <c r="G105" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="H105" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="106" spans="1:8">
+      <c r="A106" t="s">
+        <v>353</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
+        <v>354</v>
+      </c>
+      <c r="D106" t="s">
+        <v>288</v>
+      </c>
+      <c r="E106" t="s">
+        <v>289</v>
+      </c>
+      <c r="F106" t="s">
+        <v>290</v>
+      </c>
+      <c r="G106" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="H106" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="107" spans="1:8">
+      <c r="A107" t="s">
+        <v>357</v>
+      </c>
+      <c r="B107" t="s">
+        <v>9</v>
+      </c>
+      <c r="C107" t="s">
+        <v>358</v>
+      </c>
+      <c r="D107" t="s">
+        <v>288</v>
+      </c>
+      <c r="E107" t="s">
+        <v>289</v>
+      </c>
+      <c r="F107" t="s">
+        <v>290</v>
+      </c>
+      <c r="G107" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="H107" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="108" spans="1:8">
+      <c r="A108" t="s">
+        <v>361</v>
+      </c>
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
+        <v>362</v>
+      </c>
+      <c r="D108" t="s">
+        <v>288</v>
+      </c>
+      <c r="E108" t="s">
+        <v>289</v>
+      </c>
+      <c r="F108" t="s">
+        <v>290</v>
+      </c>
+      <c r="G108" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H108" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8">
+      <c r="A109" t="s">
+        <v>364</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
+        <v>365</v>
+      </c>
+      <c r="D109" t="s">
+        <v>366</v>
+      </c>
+      <c r="E109" t="s">
+        <v>367</v>
+      </c>
+      <c r="F109" t="s">
+        <v>53</v>
+      </c>
+      <c r="G109" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="H109" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="110" spans="1:8">
+      <c r="A110" t="s">
+        <v>370</v>
+      </c>
+      <c r="B110" t="s">
+        <v>9</v>
+      </c>
+      <c r="C110" t="s">
+        <v>371</v>
+      </c>
+      <c r="D110" t="s">
+        <v>372</v>
+      </c>
+      <c r="E110" t="s">
+        <v>373</v>
+      </c>
+      <c r="F110" t="s">
+        <v>24</v>
+      </c>
+      <c r="G110" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H110" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="111" spans="1:8">
+      <c r="A111" t="s">
+        <v>375</v>
+      </c>
+      <c r="B111" t="s">
+        <v>9</v>
+      </c>
+      <c r="C111" t="s">
+        <v>376</v>
+      </c>
+      <c r="D111" t="s">
+        <v>372</v>
+      </c>
+      <c r="E111" t="s">
+        <v>373</v>
+      </c>
+      <c r="F111" t="s">
+        <v>24</v>
+      </c>
+      <c r="G111" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H111" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="112" spans="1:8">
+      <c r="A112" t="s">
+        <v>378</v>
+      </c>
+      <c r="B112" t="s">
+        <v>9</v>
+      </c>
+      <c r="C112" t="s">
+        <v>379</v>
+      </c>
+      <c r="D112" t="s">
+        <v>372</v>
+      </c>
+      <c r="E112" t="s">
+        <v>373</v>
+      </c>
+      <c r="F112" t="s">
+        <v>24</v>
+      </c>
+      <c r="G112" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H112" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="113" spans="1:8">
+      <c r="A113" t="s">
+        <v>381</v>
+      </c>
+      <c r="B113" t="s">
+        <v>9</v>
+      </c>
+      <c r="C113" t="s">
+        <v>365</v>
+      </c>
+      <c r="D113" t="s">
+        <v>372</v>
+      </c>
+      <c r="E113" t="s">
+        <v>373</v>
+      </c>
+      <c r="F113" t="s">
+        <v>24</v>
+      </c>
+      <c r="G113" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H113" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="114" spans="1:8">
+      <c r="A114" t="s">
+        <v>383</v>
+      </c>
+      <c r="B114" t="s">
+        <v>9</v>
+      </c>
+      <c r="C114" t="s">
+        <v>10</v>
+      </c>
+      <c r="D114" t="s">
+        <v>384</v>
+      </c>
+      <c r="E114" t="s">
+        <v>385</v>
+      </c>
+      <c r="G114" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="H114" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="115" spans="1:8">
+      <c r="A115" t="s">
+        <v>388</v>
+      </c>
+      <c r="B115" t="s">
+        <v>9</v>
+      </c>
+      <c r="C115" t="s">
+        <v>389</v>
+      </c>
+      <c r="D115" t="s">
+        <v>390</v>
+      </c>
+      <c r="E115" t="s">
+        <v>391</v>
+      </c>
+      <c r="F115" t="s">
+        <v>13</v>
+      </c>
+      <c r="G115" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H115" t="s">
+        <v>392</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
+    <hyperlink ref="G12" r:id="rId11"/>
+    <hyperlink ref="G13" r:id="rId12"/>
+    <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
+    <hyperlink ref="G32" r:id="rId31"/>
+    <hyperlink ref="G33" r:id="rId32"/>
+    <hyperlink ref="G34" r:id="rId33"/>
+    <hyperlink ref="G35" r:id="rId34"/>
+    <hyperlink ref="G36" r:id="rId35"/>
+    <hyperlink ref="G37" r:id="rId36"/>
+    <hyperlink ref="G38" r:id="rId37"/>
+    <hyperlink ref="G39" r:id="rId38"/>
+    <hyperlink ref="G40" r:id="rId39"/>
+    <hyperlink ref="G41" r:id="rId40"/>
+    <hyperlink ref="G42" r:id="rId41"/>
+    <hyperlink ref="G43" r:id="rId42"/>
+    <hyperlink ref="G44" r:id="rId43"/>
+    <hyperlink ref="G45" r:id="rId44"/>
+    <hyperlink ref="G46" r:id="rId45"/>
+    <hyperlink ref="G47" r:id="rId46"/>
+    <hyperlink ref="G48" r:id="rId47"/>
+    <hyperlink ref="G49" r:id="rId48"/>
+    <hyperlink ref="G50" r:id="rId49"/>
+    <hyperlink ref="G51" r:id="rId50"/>
+    <hyperlink ref="G52" r:id="rId51"/>
+    <hyperlink ref="G53" r:id="rId52"/>
+    <hyperlink ref="G54" r:id="rId53"/>
+    <hyperlink ref="G55" r:id="rId54"/>
+    <hyperlink ref="G56" r:id="rId55"/>
+    <hyperlink ref="G57" r:id="rId56"/>
+    <hyperlink ref="G58" r:id="rId57"/>
+    <hyperlink ref="G59" r:id="rId58"/>
+    <hyperlink ref="G60" r:id="rId59"/>
+    <hyperlink ref="G61" r:id="rId60"/>
+    <hyperlink ref="G62" r:id="rId61"/>
+    <hyperlink ref="G63" r:id="rId62"/>
+    <hyperlink ref="G64" r:id="rId63"/>
+    <hyperlink ref="G65" r:id="rId64"/>
+    <hyperlink ref="G66" r:id="rId65"/>
+    <hyperlink ref="G67" r:id="rId66"/>
+    <hyperlink ref="G68" r:id="rId67"/>
+    <hyperlink ref="G69" r:id="rId68"/>
+    <hyperlink ref="G70" r:id="rId69"/>
+    <hyperlink ref="G71" r:id="rId70"/>
+    <hyperlink ref="G72" r:id="rId71"/>
+    <hyperlink ref="G73" r:id="rId72"/>
+    <hyperlink ref="G74" r:id="rId73"/>
+    <hyperlink ref="G75" r:id="rId74"/>
+    <hyperlink ref="G76" r:id="rId75"/>
+    <hyperlink ref="G77" r:id="rId76"/>
+    <hyperlink ref="G78" r:id="rId77"/>
+    <hyperlink ref="G79" r:id="rId78"/>
+    <hyperlink ref="G80" r:id="rId79"/>
+    <hyperlink ref="G81" r:id="rId80"/>
+    <hyperlink ref="G82" r:id="rId81"/>
+    <hyperlink ref="G83" r:id="rId82"/>
+    <hyperlink ref="G84" r:id="rId83"/>
+    <hyperlink ref="G85" r:id="rId84"/>
+    <hyperlink ref="G86" r:id="rId85"/>
+    <hyperlink ref="G87" r:id="rId86"/>
+    <hyperlink ref="G88" r:id="rId87"/>
+    <hyperlink ref="G89" r:id="rId88"/>
+    <hyperlink ref="G90" r:id="rId89"/>
+    <hyperlink ref="G91" r:id="rId90"/>
+    <hyperlink ref="G92" r:id="rId91"/>
+    <hyperlink ref="G93" r:id="rId92"/>
+    <hyperlink ref="G94" r:id="rId93"/>
+    <hyperlink ref="G95" r:id="rId94"/>
+    <hyperlink ref="G96" r:id="rId95"/>
+    <hyperlink ref="G97" r:id="rId96"/>
+    <hyperlink ref="G98" r:id="rId97"/>
+    <hyperlink ref="G99" r:id="rId98"/>
+    <hyperlink ref="G100" r:id="rId99"/>
+    <hyperlink ref="G101" r:id="rId100"/>
+    <hyperlink ref="G102" r:id="rId101"/>
+    <hyperlink ref="G103" r:id="rId102"/>
+    <hyperlink ref="G104" r:id="rId103"/>
+    <hyperlink ref="G105" r:id="rId104"/>
+    <hyperlink ref="G106" r:id="rId105"/>
+    <hyperlink ref="G107" r:id="rId106"/>
+    <hyperlink ref="G108" r:id="rId107"/>
+    <hyperlink ref="G109" r:id="rId108"/>
+    <hyperlink ref="G110" r:id="rId109"/>
+    <hyperlink ref="G111" r:id="rId110"/>
+    <hyperlink ref="G112" r:id="rId111"/>
+    <hyperlink ref="G113" r:id="rId112"/>
+    <hyperlink ref="G114" r:id="rId113"/>
+    <hyperlink ref="G115" r:id="rId114"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>